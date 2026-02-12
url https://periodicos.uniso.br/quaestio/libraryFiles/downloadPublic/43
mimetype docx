--- v0 (2025-12-13)
+++ v1 (2026-02-12)
@@ -220,133 +220,130 @@
       </w:r>
       <w:r w:rsidR="00EF2CE0" w:rsidRPr="000311B3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="000311B3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>[Título da seção]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F0D253D" w14:textId="668A0C60" w:rsidR="00615546" w:rsidRPr="000311B3" w:rsidRDefault="00615546" w:rsidP="00D00030">
+    <w:p w14:paraId="3F0D253D" w14:textId="61B561DE" w:rsidR="00615546" w:rsidRPr="000311B3" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="480" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000311B3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="000D34F0" w:rsidRPr="000311B3">
+        <w:r w:rsidR="00D218EB" w:rsidRPr="00917BA4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>http://dx.doi.org/10.22483/2177-5796.2025v27id</w:t>
+          <w:t>http://dx.doi.org/10.22483/2177-5796.2026v28id</w:t>
         </w:r>
-        <w:r w:rsidR="000D34F0" w:rsidRPr="00883ECB">
+        <w:r w:rsidR="00D218EB" w:rsidRPr="00917BA4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>0000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000D34F0" w:rsidRPr="000311B3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000311B3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="765A6AA6" w14:textId="42CF616B" w:rsidR="00615546" w:rsidRPr="000311B3" w:rsidRDefault="00EF2CE0" w:rsidP="00A32A09">
       <w:pPr>
         <w:pStyle w:val="TITULO"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00653958">
+      <w:r w:rsidRPr="000311B3">
         <w:rPr>
           <w:rStyle w:val="TITULOChar"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>TÍTULO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00653958">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="000311B3">
-        <w:t xml:space="preserve"> SUBTÍTULO (SE HOUVER) </w:t>
+        <w:t xml:space="preserve">: SUBTÍTULO (SE HOUVER) </w:t>
       </w:r>
       <w:r w:rsidR="00554B5A" w:rsidRPr="000311B3">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(letra maiúscula, </w:t>
       </w:r>
       <w:r w:rsidR="00554B5A" w:rsidRPr="000311B3">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">fonte Segoe UI 12, negrito, centralizado, espaçamento 18 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00554B5A" w:rsidRPr="000311B3">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
@@ -467,54 +464,54 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00554B5A" w:rsidRPr="000311B3">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00714D4B" w:rsidRPr="000311B3">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> depois</w:t>
       </w:r>
       <w:r w:rsidR="00F8122C" w:rsidRPr="000311B3">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6849CCD9" w14:textId="0CACC6D0" w:rsidR="00F8122C" w:rsidRPr="000311B3" w:rsidRDefault="00615546" w:rsidP="00A32A09">
+    <w:p w14:paraId="6849CCD9" w14:textId="0CACC6D0" w:rsidR="00F8122C" w:rsidRPr="000311B3" w:rsidRDefault="00615546" w:rsidP="00D218EB">
       <w:pPr>
         <w:pStyle w:val="TTULOe"/>
-        <w:spacing w:afterLines="100" w:after="240"/>
+        <w:spacing w:after="360"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000311B3">
         <w:rPr>
           <w:rStyle w:val="RECEBIDO-APROVADOChar"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Título</w:t>
       </w:r>
       <w:r w:rsidRPr="000311B3">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">: subtítulo (se houver) em espanhol </w:t>
       </w:r>
       <w:r w:rsidR="00F8122C" w:rsidRPr="000311B3">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">(letra minúscula, fonte Segoe UI, corpo 12, sem negrito, centralizado, </w:t>
       </w:r>
@@ -541,312 +538,385 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00554B5A" w:rsidRPr="000311B3">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000311B3">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> depois</w:t>
       </w:r>
       <w:r w:rsidR="00F8122C" w:rsidRPr="000311B3">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7738B409" w14:textId="2D2E82E6" w:rsidR="00F8122C" w:rsidRPr="000311B3" w:rsidRDefault="00F8122C" w:rsidP="00013FA4">
+    <w:p w14:paraId="0F77BD8D" w14:textId="77777777" w:rsidR="00D218EB" w:rsidRPr="00534D79" w:rsidRDefault="00D218EB" w:rsidP="00D218EB">
       <w:pPr>
         <w:pStyle w:val="AUTOR"/>
+        <w:spacing w:afterLines="0" w:after="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00534D79">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Autor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534D79">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+          <w:b/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067386B">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NÃO IDENTIFICAR AUTORIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FAF8364" w14:textId="77777777" w:rsidR="00D218EB" w:rsidRDefault="00D218EB" w:rsidP="00D218EB">
+      <w:pPr>
+        <w:pStyle w:val="AUTOR"/>
+        <w:spacing w:afterLines="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Orcid: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="000B264D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://orcid.org/0000-0000-0000</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B5083E0" w14:textId="77777777" w:rsidR="00D218EB" w:rsidRDefault="00D218EB" w:rsidP="00D218EB">
+      <w:pPr>
+        <w:pStyle w:val="AUTOR"/>
+        <w:spacing w:afterLines="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">E-mail: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="000B264D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>email@email.com.br</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2ADFD542" w14:textId="77777777" w:rsidR="00D218EB" w:rsidRPr="00534D79" w:rsidRDefault="00D218EB" w:rsidP="00D218EB">
+      <w:pPr>
+        <w:pStyle w:val="AUTOR"/>
+        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="0" w:after="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00534D79">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Autor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534D79">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+          <w:b/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="00534D79">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6805173F" w14:textId="77777777" w:rsidR="00D218EB" w:rsidRDefault="00D218EB" w:rsidP="00D218EB">
+      <w:pPr>
+        <w:pStyle w:val="AUTOR"/>
+        <w:spacing w:afterLines="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Orcid: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="000B264D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://orcid.org/0000-0000-0000</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B18D652" w14:textId="77777777" w:rsidR="00D218EB" w:rsidRDefault="00D218EB" w:rsidP="00D218EB">
+      <w:pPr>
+        <w:pStyle w:val="RESUMO"/>
         <w:spacing w:afterLines="100" w:after="240"/>
       </w:pPr>
+      <w:r w:rsidRPr="00D218EB">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>E-mail:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00D218EB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b w:val="0"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>email@email.com.br</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3EB3C6DB" w14:textId="1CA2C2D3" w:rsidR="00F8122C" w:rsidRPr="000311B3" w:rsidRDefault="00F8122C" w:rsidP="00D218EB">
+      <w:pPr>
+        <w:pStyle w:val="RESUMO"/>
+        <w:spacing w:afterLines="100" w:after="240"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000311B3">
-        <w:t>Autor</w:t>
-[...5 lines deleted...]
-        <w:footnoteReference w:id="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
       </w:r>
       <w:r w:rsidRPr="000311B3">
-        <w:t>, Autor</w:t>
-[...5 lines deleted...]
-        <w:footnoteReference w:id="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000311B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000311B3">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Redigido em parágrafo único, fonte Segoe UI, corpo 12, espaço entrelinhas simples. Deve apresentar os pontos relevantes do texto, objetivo, método e conclusão, fornecendo uma visão clara e rápida do conteúdo com extensão de 100 a 250 palavras, redigido com verbo na 3ª pessoa.  Evitar o uso de fórmulas, abreviações, símbolos, não utilizar citações e referências.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F167EFC" w14:textId="3DFDFB33" w:rsidR="00623A02" w:rsidRPr="000311B3" w:rsidRDefault="00F8122C" w:rsidP="00D00030">
+      <w:pPr>
+        <w:pStyle w:val="PALAVRAS-CHAVE"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000311B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Palavras-chave</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000311B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000311B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000311B3">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>até 3; apresentadas em letras minúsculas; com exceção dos Nomes Próprios; Nomes Científicos; Siglas; separadas entre si por ponto e vírgula; finalizadas por ponto final.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00030" w:rsidRPr="000311B3">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548A879A" w14:textId="7F9D91AE" w:rsidR="00623A02" w:rsidRPr="000311B3" w:rsidRDefault="00623A02" w:rsidP="00D00030">
+      <w:pPr>
+        <w:spacing w:afterLines="100" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000311B3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28431F7E" w14:textId="577B4644" w:rsidR="00615546" w:rsidRPr="000311B3" w:rsidRDefault="00615546" w:rsidP="00D00030">
+      <w:pPr>
+        <w:pStyle w:val="RESUMO"/>
+        <w:spacing w:afterLines="100" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000311B3">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000311B3">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000311B3">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk135072291"/>
+      <w:r w:rsidRPr="000311B3">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Versão do resumo em inglês, seguindo orientações do resumo em português. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="321BF253" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="000311B3" w:rsidRDefault="00615546" w:rsidP="00D00030">
+      <w:pPr>
+        <w:pStyle w:val="PALAVRAS-CHAVE"/>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk135074359"/>
+      <w:r w:rsidRPr="000311B3">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000311B3">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="000311B3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...50 lines deleted...]
-    <w:p w14:paraId="3EB3C6DB" w14:textId="77777777" w:rsidR="00F8122C" w:rsidRPr="000311B3" w:rsidRDefault="00F8122C" w:rsidP="00D00030">
+      <w:r w:rsidRPr="000311B3">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>até 3; apresentadas em letras minúsculas; com exceção dos Nomes Próprios; Nomes Científicos; Siglas; separadas entre si por ponto e vírgula; finalizadas por ponto final.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="752C33EA" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="000311B3" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:pStyle w:val="RESUMO"/>
         <w:spacing w:afterLines="100" w:after="240"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Int_EULs9HPM"/>
       <w:r w:rsidRPr="000311B3">
         <w:rPr>
-          <w:rFonts w:eastAsia="Verdana"/>
-[...166 lines deleted...]
-        <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000311B3">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="000311B3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk135072304"/>
       <w:r w:rsidRPr="000311B3">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Versão do resumo em espanhol, seguindo as orientações do resumo em português.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="3BD08913" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00F351CC" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:pStyle w:val="PALAVRAS-CHAVE"/>
         <w:spacing w:after="240"/>
       </w:pPr>
@@ -976,51 +1046,66 @@
     </w:p>
     <w:p w14:paraId="4A8AA70C" w14:textId="6A13034C" w:rsidR="00C61500" w:rsidRPr="0027435B" w:rsidRDefault="00C61500" w:rsidP="00625731">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">O arquivo deve ser submetido em Word, página A4, margens superior e esquerda de 3cm, margens inferior e direita de 2cm, fonte Segoe UI, corpo 12, espaçamento entrelinhas simples; justificado, parágrafos com entrada de 1,25 cm, </w:t>
       </w:r>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>ter no mínimo 15 páginas e máximo de 25 páginas,</w:t>
+        <w:t xml:space="preserve">ter no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F87CB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>mínimo 15 páginas e máximo de 25 páginas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0027435B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> com título, resumo e palavras-chave em português, inglês e espanhol</w:t>
       </w:r>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="0288BFEB" w14:textId="49C48ABC" w:rsidR="006F7786" w:rsidRPr="0027435B" w:rsidRDefault="006F7786" w:rsidP="00B440BB">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="510" w:hanging="510"/>
       </w:pPr>
@@ -1127,85 +1212,273 @@
         </w:rPr>
         <w:t>Seção secundária</w:t>
       </w:r>
       <w:r w:rsidRPr="0027435B">
         <w:t>: em letras minúsculas e negrito;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58F5D689" w14:textId="76B3162B" w:rsidR="006F7786" w:rsidRPr="0027435B" w:rsidRDefault="006F7786" w:rsidP="00266566">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:t xml:space="preserve">Seção terciária: em letras minúsculas sem negrito; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A3428E6" w14:textId="19079B99" w:rsidR="006F7786" w:rsidRPr="0027435B" w:rsidRDefault="006F7786" w:rsidP="00266566">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:t xml:space="preserve">Demais seções e alíneas (se houver): em letras minúsculas sem negrito. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA6A1A3" w14:textId="02DEF253" w:rsidR="002C1683" w:rsidRPr="0027435B" w:rsidRDefault="005C665D" w:rsidP="00B440BB">
+    <w:p w14:paraId="3CDE44F4" w14:textId="499107A1" w:rsidR="00FE3EAD" w:rsidRPr="00FB43C4" w:rsidRDefault="00FE3EAD" w:rsidP="00FE3EAD">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:beforeLines="0" w:before="240" w:afterLines="0" w:after="240"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk135072734"/>
+      <w:r w:rsidRPr="00A71583">
+        <w:t>1.2 Siglas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F7786">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">seção secundária, letras minúsculas, negrito, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3ECF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fonte Segoe UI, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tamanho 12, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD3ECF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">espaçamento antes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e depois 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>com numeração)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="318726F7" w14:textId="77777777" w:rsidR="00FE3EAD" w:rsidRPr="003431F6" w:rsidRDefault="00FE3EAD" w:rsidP="00FE3EAD">
+      <w:pPr>
+        <w:pStyle w:val="TEXTO"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003431F6">
+        <w:t xml:space="preserve">As siglas devem ser indicadas entre parênteses, precedidas do nome completo, quando mencionadas pela primeira vez no texto. Posteriormente, no decorrer do texto, deve-se padronizar o uso, utilizando apenas a sigla.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28EE8DD3" w14:textId="77777777" w:rsidR="00FE3EAD" w:rsidRPr="0057311D" w:rsidRDefault="00FE3EAD" w:rsidP="00FE3EAD">
+      <w:pPr>
+        <w:pStyle w:val="TEXTO"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0057311D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exemplo: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62C3A50D" w14:textId="27220269" w:rsidR="00FE3EAD" w:rsidRDefault="00FE3EAD" w:rsidP="00FE3EAD">
+      <w:pPr>
+        <w:pStyle w:val="TEXTO"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003431F6">
+        <w:t xml:space="preserve">A normalização das citações e referências devem seguir as normas de publicação da Associação Brasileira de Normas Técnicas (ABNT). A revista indica o e-book </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00ED1776">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Verdana"/>
+          </w:rPr>
+          <w:t>Normalização de Trab</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00ED1776">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Verdana"/>
+          </w:rPr>
+          <w:t>a</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00ED1776">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Verdana"/>
+          </w:rPr>
+          <w:t>lhos Acadêmicos</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkStart w:id="7" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="003431F6">
+        <w:t>, com orientações para aplicação das normas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B24F19" w14:textId="77777777" w:rsidR="00FE3EAD" w:rsidRDefault="00FE3EAD" w:rsidP="00B440BB">
       <w:pPr>
         <w:pStyle w:val="SUBTITULO"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="227" w:hanging="227"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
           <w:b/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BA6A1A3" w14:textId="4EF8DDFF" w:rsidR="002C1683" w:rsidRPr="0027435B" w:rsidRDefault="005C665D" w:rsidP="00B440BB">
+      <w:pPr>
+        <w:pStyle w:val="SUBTITULO"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:left="227" w:hanging="227"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D72A1">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo1Char"/>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2 CITAÇÕES</w:t>
       </w:r>
       <w:r w:rsidRPr="000D72A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidR="002C1683" w:rsidRPr="000D72A1">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>(seção primária, letra maiúscula, negrito, fonte Segoe UI, tamanho 12,</w:t>
+        <w:t>(seção primária, letra</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87CB2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="002C1683" w:rsidRPr="000D72A1">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maiúscula, negrito, fonte Segoe UI, tamanho 12,</w:t>
       </w:r>
       <w:r w:rsidR="002C1683" w:rsidRPr="0027435B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> espaçamento antes e depois 12 </w:t>
+        <w:t xml:space="preserve"> espaçamento antes e depois 12</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3EAD">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002C1683" w:rsidRPr="0027435B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002C1683" w:rsidRPr="0027435B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>, espaçamento entre linhas simples, alinhado à esquerda, com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F174735" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRPr="0027435B" w:rsidRDefault="002A43F0" w:rsidP="00F86512">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:t xml:space="preserve">As citações diretas e indiretas devem ser inseridas no texto padronizada conforme normas ABNT NBR 10520.  </w:t>
       </w:r>
@@ -1250,71 +1523,75 @@
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:t>De acordo com Barros (1991, p. 62), “Interpretar significa buscar o sentido mais explicativo dos resultados da pesquisa”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="032C21E6" w14:textId="77777777" w:rsidR="00625731" w:rsidRPr="0027435B" w:rsidRDefault="00625731" w:rsidP="00F86512">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="284348D6" w14:textId="232B4A5D" w:rsidR="002A43F0" w:rsidRPr="0027435B" w:rsidRDefault="002A43F0" w:rsidP="002833D8">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>►</w:t>
       </w:r>
       <w:r w:rsidRPr="0027435B">
         <w:t xml:space="preserve"> Citação indireta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="384DFDED" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRPr="0027435B" w:rsidRDefault="002A43F0" w:rsidP="00F86512">
+    <w:p w14:paraId="384DFDED" w14:textId="01564D5B" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="00F86512">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
-        <w:t xml:space="preserve">Segundo Lima (1990), a função pode dar a ideia de algo relacionado a atividade ou tarefa. </w:t>
-      </w:r>
+        <w:t>Segundo Lima (1990), a função pode dar a ideia de algo relacionado a atividade ou tarefa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11FE18DC" w14:textId="77777777" w:rsidR="00FE3EAD" w:rsidRPr="0027435B" w:rsidRDefault="00FE3EAD" w:rsidP="00F86512">
+      <w:pPr>
+        <w:pStyle w:val="TEXTO"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2313522E" w14:textId="1DC951C6" w:rsidR="00714D4B" w:rsidRPr="0027435B" w:rsidRDefault="002A43F0" w:rsidP="002833D8">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>►</w:t>
       </w:r>
       <w:r w:rsidRPr="0027435B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve">Diferentes títulos, do mesmo autor, publicados no mesmo ano, serão identificados por uma letra após a data. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B3B6EAF" w14:textId="39716336" w:rsidR="002A43F0" w:rsidRPr="0027435B" w:rsidRDefault="002A43F0" w:rsidP="00F86512">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:spacing w:val="-3"/>
@@ -1384,66 +1661,81 @@
       <w:r w:rsidRPr="0027435B">
         <w:t>Exemplo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B308CD9" w14:textId="09D879C1" w:rsidR="002A43F0" w:rsidRPr="0027435B" w:rsidRDefault="002A43F0" w:rsidP="00197923">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:t xml:space="preserve">Segundo Barros (1991, p. 22): </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10986190" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRPr="0027435B" w:rsidRDefault="002A43F0" w:rsidP="00D00030">
       <w:pPr>
         <w:pStyle w:val="CITAO"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:t>Poder-se ia afirmar que dependendo dos recursos disponíveis pelo grupo para o atendimento das necessidades expressas e/ou sentidas, em maior ou menor grau em relação às estimulações do meio ambiente onde se insere a família, desenvolve-se mais facilmente um processo de restabelecimento da ordem social interna ou então se institui uma racionalização espontânea.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C606EA" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="00F86512">
+    <w:p w14:paraId="73C606EA" w14:textId="261D8B92" w:rsidR="00A9528B" w:rsidRDefault="002A43F0" w:rsidP="00F86512">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:t>Confira, antes da submissão se todas as citações estão presentes na lista de referências. As citações devem ser feitas na língua do artigo. No caso de livros em outras línguas, o autor deve traduzir e indicar na referência (tradução nossa).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="459C5117" w14:textId="47BE51B5" w:rsidR="002A43F0" w:rsidRPr="00A22F28" w:rsidRDefault="002A43F0" w:rsidP="00B440BB">
+    <w:p w14:paraId="56801A68" w14:textId="77777777" w:rsidR="00A9528B" w:rsidRDefault="00A9528B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459C5117" w14:textId="763BC95C" w:rsidR="002A43F0" w:rsidRPr="00A22F28" w:rsidRDefault="002A43F0" w:rsidP="00B440BB">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="510" w:hanging="510"/>
       </w:pPr>
       <w:r w:rsidRPr="0057311D">
+        <w:lastRenderedPageBreak/>
         <w:t>2.1 Citação de entrevista</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87CB2">
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="002833D8" w:rsidRPr="0057311D">
         <w:t>, falas e relatos</w:t>
       </w:r>
       <w:r w:rsidRPr="0057311D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002833D8" w:rsidRPr="0057311D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(seção secundária, letras minúsculas,</w:t>
       </w:r>
       <w:r w:rsidR="002833D8" w:rsidRPr="0027435B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> negrito, </w:t>
       </w:r>
       <w:r w:rsidR="002833D8" w:rsidRPr="0027435B">
         <w:rPr>
@@ -1471,185 +1763,910 @@
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002833D8" w:rsidRPr="0027435B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="002833D8" w:rsidRPr="0027435B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4BD63D" w14:textId="0D9B05AA" w:rsidR="000B16F1" w:rsidRPr="00DE6A75" w:rsidRDefault="00DE6A75" w:rsidP="00653958">
+    <w:p w14:paraId="7F5DB607" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00472FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quando a transcrição for em parágrafo separado do texto, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00472FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>independente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00472FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do número de linhas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491D2E7E" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:beforeLines="100" w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) recuo de parágrafo de 1,5 cm da margem esquerda; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F8D6CAA" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>b) digitadas em tamanho 12, com espaço simples entre as linhas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8EAE3D" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>c) um espaço 1,5 entre as linhas, antes e depois das falas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FBF5D5C" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRPr="00472FA7" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>d) devem aparecer entre aspas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B6D6E5B" w14:textId="04EBB046" w:rsidR="000B16F1" w:rsidRPr="004F33F0" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F33F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>EXEMPLO</w:t>
+      </w:r>
+      <w:r w:rsidR="00625731" w:rsidRPr="00625731">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="302F9464" w14:textId="2D90CB83" w:rsidR="000D72A1" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F33F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>“A família é um núcleo de convivência</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, unido por laços afetivos, que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F33F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>normalmente compartilha o mesmo teto” (Entrevistado A).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5C9992" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001524F3">
         <w:t xml:space="preserve">Transcrições de entrevistas </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">com mais de 3 linhas, </w:t>
       </w:r>
       <w:r w:rsidRPr="001524F3">
         <w:t xml:space="preserve">devem ser formatadas como citação direta longa </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">com </w:t>
       </w:r>
       <w:r w:rsidRPr="001524F3">
         <w:t>recuo de 4cm, espaçamento simples</w:t>
       </w:r>
       <w:r>
         <w:t>, tamanho 10</w:t>
       </w:r>
       <w:r w:rsidRPr="001524F3">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001524F3">
-        <w:t>Quando é um texto de entrevista curto, fica como citação entre aspas.</w:t>
+        <w:t xml:space="preserve">Quando </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> V</w:t>
+        <w:t>for</w:t>
       </w:r>
       <w:r w:rsidRPr="001524F3">
-        <w:t xml:space="preserve">er ABNT </w:t>
+        <w:t xml:space="preserve"> um texto de entrevista curto, fica </w:t>
       </w:r>
       <w:r>
-        <w:t>10520 (c</w:t>
-[...2 lines deleted...]
-        <w:t>itação</w:t>
+        <w:t>na mesma posição do início do parágrafo (1,25).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="733D0882" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRPr="00113A4B" w:rsidRDefault="000B16F1" w:rsidP="00625731">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial-BoldMT" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
+          <w:bCs/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial-BoldMT" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
+          <w:bCs/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>2.1.1 Falas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D19DCC" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Dados obtidos em fontes não publicadas formalmente (palestras, discursos, comunicações,</w:t>
       </w:r>
       <w:r>
-        <w:t>,</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> p. 3-4</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>entre outros), quando utilizados, devem ser indicados no texto ou em nota.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">). </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ver ABNT 10520 (citação, p. 3-4). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F9F7553" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3364BF4E" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRPr="00E027A4" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E027A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>EXEMPLO 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E027A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B0BD81F" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Em discurso proferido por Jadir dos Santos, em 21 de março de 2019, no auditório da ABNT, foram descritos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>os principais aspectos da cultura organizacional.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="506EED5C" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRPr="00A9528B" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A94C2EE" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRPr="00AA4E9C" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E027A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>EXEMPLO 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>No texto:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4806FC80" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRPr="00AA4E9C" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Jadir dos Santos descreveu os principais aspectos da cultura organizacional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F11A4BF" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRPr="00AA4E9C" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Na nota:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72EA22F4" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRPr="007E1BEC" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E1BEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E1BEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Discurso proferido no auditório da ABNT, em 21 de março de 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B4BD63D" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRPr="00A9528B" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4766B5B4" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRPr="00AA4E9C" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E027A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>EXEMPLO 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00625731">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>No texto:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A55A889" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRPr="00AA4E9C" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>O Entrevistado 5 considera as bibliotecas comunitárias como iniciativas populares de mediação de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>informação</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="532F6A0F" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRPr="00AA4E9C" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Na nota:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D049691" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRPr="00E027A4" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E027A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E027A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Entrevista de pesquisa concedida em 10 de março de 2020, na cidade do Rio de Janeiro.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="769547E4" w14:textId="001A0B21" w:rsidR="00A02B72" w:rsidRPr="0027435B" w:rsidRDefault="002A43F0" w:rsidP="00B440BB">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="227" w:hanging="227"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0057311D">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>3 ILUSTRAÇÕES</w:t>
       </w:r>
       <w:r w:rsidRPr="0057311D">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:spacing w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="_Hlk135075142"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk135075142"/>
       <w:r w:rsidR="00A02B72" w:rsidRPr="0057311D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(seção primária, letra maiúscula, negrito, fonte Segoe UI, tamanho 12,</w:t>
       </w:r>
       <w:r w:rsidR="00A02B72" w:rsidRPr="0027435B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> espaçamento antes e depois 12 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A02B72" w:rsidRPr="0027435B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A02B72" w:rsidRPr="0027435B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>, espaçamento entre linhas simples, alinhado à esquerda, com numeração)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p w14:paraId="03BD521E" w14:textId="31C6C817" w:rsidR="002A43F0" w:rsidRPr="0027435B" w:rsidRDefault="002A43F0" w:rsidP="00F86512">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:t xml:space="preserve">Qualquer tipo de ilustração deve ser precedido por sua palavra designativa (desenho, esquema, fluxograma, fotografia, gráfico, mapa, organograma, planta, quadro, retrato, figura, imagem, entre outros), seguida de seu número de ordem de ocorrência no texto, em algarismos arábicos, de travessão e do respectivo título. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1103E8F9" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRPr="0027435B" w:rsidRDefault="002A43F0" w:rsidP="00F86512">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
-        <w:t xml:space="preserve">Imediatamente após a ilustração, deve ser indicada a fonte consultada, conforme a ABNT NBR 10520, legenda, notas e, se houver, outras informações necessárias à sua compreensão. A ilustração produzida pelo autor, para o trabalho </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">apresentado, deve conter na fonte esta informação: elaborado pelo próprio autor ou elaboração própria ou o próprio autor, entre outros. </w:t>
+        <w:t xml:space="preserve">Imediatamente após a ilustração, deve ser indicada a fonte consultada, conforme a ABNT NBR 10520, legenda, notas e, se houver, outras informações necessárias à sua compreensão. A ilustração produzida pelo autor, para o trabalho apresentado, deve conter na fonte esta informação: elaborado pelo próprio autor ou elaboração própria ou o próprio autor, entre outros. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E0D420A" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRPr="0027435B" w:rsidRDefault="002A43F0" w:rsidP="00F86512">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:t xml:space="preserve">A ilustração deve ser citada no texto e inserida o mais próximo possível do trecho a que se refere. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="480EA546" w14:textId="459EC0E7" w:rsidR="005609DA" w:rsidRPr="0027435B" w:rsidRDefault="005609DA" w:rsidP="00B440BB">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:r w:rsidRPr="000D72A1">
         <w:t>3.1 Figuras</w:t>
       </w:r>
       <w:r w:rsidR="00A02B72" w:rsidRPr="000D72A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A02B72" w:rsidRPr="000D72A1">
         <w:rPr>
           <w:b w:val="0"/>
@@ -1717,399 +2734,389 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3DAB7291" w14:textId="66E05989" w:rsidR="002A43F0" w:rsidRPr="0027435B" w:rsidRDefault="002A43F0" w:rsidP="00312FA9">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:t xml:space="preserve">As </w:t>
       </w:r>
       <w:r w:rsidR="005609DA" w:rsidRPr="0027435B">
         <w:t xml:space="preserve">figuras devem ser formatadas conforme o modelo abaixo: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4279CABC" w14:textId="21D8D73A" w:rsidR="003E4B84" w:rsidRPr="0027435B" w:rsidRDefault="003E4B84" w:rsidP="008D1DA2">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-10"/>
           <w:kern w:val="28"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Hlk135073128"/>
-      <w:bookmarkStart w:id="9" w:name="_Hlk135075181"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk135073128"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk135075181"/>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
           <w:kern w:val="28"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Figura 1 – Identificar figuras, quadros e tabelas</w:t>
       </w:r>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> na parte superior, pelo nome específico (tipo de ilustração), numeração sequencial de acordo com a ordem que aparece no texto, travessão e título, centralizado; fonte Segoe UI, corpo 1</w:t>
       </w:r>
       <w:r w:rsidR="00A02B72" w:rsidRPr="0027435B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; espaçamento 12 antes, 6 depois; entrelinhas simples</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, sem ponto final</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...2 lines deleted...]
-        <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w14:paraId="3DA5DCD1" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="0027435B" w:rsidRDefault="00615546" w:rsidP="002604D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Arial" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0057B45D" wp14:editId="3FAEF4FB">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0057B45D" wp14:editId="6682FD95">
+            <wp:extent cx="2721920" cy="1609725"/>
+            <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="36" name="Imagem 36"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Imagem 9"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2874388" cy="1699893"/>
+                      <a:ext cx="2819374" cy="1667359"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26C2A3CA" w14:textId="0AFB1462" w:rsidR="003E4B84" w:rsidRPr="0027435B" w:rsidRDefault="003E4B84" w:rsidP="00197923">
+    <w:p w14:paraId="26C2A3CA" w14:textId="5EC1873A" w:rsidR="003E4B84" w:rsidRPr="0027435B" w:rsidRDefault="002604D8" w:rsidP="002604D8">
       <w:pPr>
         <w:spacing w:before="120" w:after="240" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="2552"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0027435B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fonte: </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0027435B">
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="003E4B84" w:rsidRPr="0027435B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Drigo</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0027435B">
+        <w:t xml:space="preserve">Fonte: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003E4B84" w:rsidRPr="0027435B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2007, p. 63)</w:t>
-[...97 lines deleted...]
-        <w:t>Eduniso</w:t>
+        <w:t>Drigo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0027435B">
-[...63 lines deleted...]
-        <w:spacing w:before="240" w:after="240"/>
+      <w:r w:rsidR="003E4B84" w:rsidRPr="0027435B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve"> (2007, p. 63)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02B72" w:rsidRPr="0027435B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Acompanha a margem esquerda da ilustração</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A777AD" w14:textId="189E338E" w:rsidR="003E4B84" w:rsidRPr="00F87CB2" w:rsidRDefault="003E4B84" w:rsidP="003E4B84">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:br w:type="page"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F87CB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Na lista de referências:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BA722F4" w14:textId="26A044E3" w:rsidR="003E4B84" w:rsidRPr="0027435B" w:rsidRDefault="003E4B84" w:rsidP="003E4B84">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0027435B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DRIGO, M</w:t>
+      </w:r>
+      <w:r w:rsidR="00491C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0027435B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0027435B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Comunicação e cognição</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0027435B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: semiose na mente humana. Porto Alegre: Sulina; Sorocaba: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0027435B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Eduniso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0027435B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2007.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3523FB59" w14:textId="77777777" w:rsidR="00A02B72" w:rsidRPr="000E23B9" w:rsidRDefault="00A02B72" w:rsidP="00A02B72">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E23B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Nota:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E23B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E23B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ustificado à esquerda, fonte Segoe UI, corpo 10; espaçamento 6 antes e 12 depois; entrelinhas simples, indicar a referência, no formato de citação direta: Autor (ano), sem ponto final.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E23B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="439AB462" w14:textId="77777777" w:rsidR="00D12951" w:rsidRPr="0027435B" w:rsidRDefault="005609DA" w:rsidP="00B440BB">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc417547828"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc417547828"/>
       <w:r w:rsidRPr="0057311D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="000E082A" w:rsidRPr="0057311D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="0057311D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quadros</w:t>
       </w:r>
       <w:r w:rsidR="00D12951" w:rsidRPr="0057311D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2176,109 +3183,109 @@
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="757E97B5" w14:textId="6995C4A4" w:rsidR="00D12951" w:rsidRDefault="00D12951" w:rsidP="00312FA9">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
         <w:t>Os quadros devem ser formatados conforme o modelo abaixo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (Segoe UI, tamanho 10, espaço simples)</w:t>
       </w:r>
       <w:r w:rsidRPr="00312FA9">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03BBFF06" w14:textId="6675C43A" w:rsidR="00615546" w:rsidRPr="006A7A8C" w:rsidRDefault="00615546" w:rsidP="003E4B84">
       <w:pPr>
         <w:pStyle w:val="TABELAETC"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Hlk135073213"/>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk135073213"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="006A7A8C">
         <w:t>Quadro 1</w:t>
       </w:r>
       <w:r w:rsidR="003E4B84" w:rsidRPr="006A7A8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006A7A8C">
         <w:t>-</w:t>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="_Toc6889411"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="_Toc446354439"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc6889411"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc6889530"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc6889550"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc6889984"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc446354439"/>
       <w:r w:rsidRPr="006A7A8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="006A7A8C">
         <w:t xml:space="preserve">Tipos de interação </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1678"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="2433"/>
         <w:gridCol w:w="2551"/>
       </w:tblGrid>
       <w:tr w:rsidR="00615546" w:rsidRPr="00C431F2" w14:paraId="30B067ED" w14:textId="77777777" w:rsidTr="00FE4633">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1678" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="11"/>
+          <w:bookmarkEnd w:id="12"/>
           <w:p w14:paraId="5E3330BE" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="0027324C">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C431F2">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Características interativas</w:t>
             </w:r>
@@ -2867,66 +3874,72 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FD0829E" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="0027324C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C431F2">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Monológica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="38E7976F" w14:textId="2F540B64" w:rsidR="00615546" w:rsidRPr="00522B54" w:rsidRDefault="00615546" w:rsidP="00993DB9">
+    <w:p w14:paraId="38E7976F" w14:textId="5563A2D1" w:rsidR="00615546" w:rsidRPr="00522B54" w:rsidRDefault="00615546" w:rsidP="00993DB9">
       <w:pPr>
         <w:pStyle w:val="FONTE"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Hlk135073244"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk135073244"/>
       <w:r w:rsidRPr="0027435B">
-        <w:t xml:space="preserve">Fonte: Autor (ano). Quando elaborada pelo próprio autor, informar “elaboração própria”; quando for </w:t>
+        <w:t>Fonte: Autor (ano)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87CB2">
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0027435B">
+        <w:t xml:space="preserve"> Quando elaborada pelo próprio autor, informar “elaboração própria”; quando for </w:t>
       </w:r>
       <w:r w:rsidR="00993DB9" w:rsidRPr="0027435B">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="0027435B">
         <w:t>adaptada informar “adaptado de” seguido da citação.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="29393453" w14:textId="3DD6B023" w:rsidR="002D7AF7" w:rsidRPr="0027435B" w:rsidRDefault="002D7AF7" w:rsidP="00B440BB">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="454" w:hanging="454"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0057311D">
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="000E082A" w:rsidRPr="0057311D">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="0057311D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0057311D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Tabelas</w:t>
       </w:r>
@@ -3004,64 +4017,54 @@
     </w:p>
     <w:p w14:paraId="22FE0069" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="0027435B" w:rsidRDefault="00615546" w:rsidP="00312FA9">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:t>As tabelas devem ser elaboradas de acordo com as normas de apresentação tabular publicada pelo Instituto Brasileiro de Geografia e Estatística - IBGE, que define a tabela como “[...] forma não discursiva de apresentar informações, das quais o dado numérico se destaca como informação central” (IBGE, 1993, p. 9).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05628714" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="0027435B" w:rsidRDefault="00615546" w:rsidP="00312FA9">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:t>Da mesma forma que as ilustrações, as tabelas devem ser identificadas com título, numeração sequencial e conter a fonte consultada. Devem também ser citadas e inseridas o mais próximo do texto a que se referem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FE4AFF5" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="0027435B" w:rsidRDefault="00615546" w:rsidP="00312FA9">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:t>Se o trabalho possui mais de uma tabela, estas devem ser numeradas sequencialmente, na ordem em que aparecem no texto.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06897176" w14:textId="77777777" w:rsidR="00D12951" w:rsidRPr="0027435B" w:rsidRDefault="00D12951">
-[...10 lines deleted...]
-    <w:p w14:paraId="09AAC642" w14:textId="77777777" w:rsidR="00D12951" w:rsidRPr="0027435B" w:rsidRDefault="00D12951" w:rsidP="00D12951">
+    <w:p w14:paraId="09AAC642" w14:textId="77777777" w:rsidR="00D12951" w:rsidRPr="0027435B" w:rsidRDefault="00D12951" w:rsidP="00A9528B">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
+        <w:spacing w:before="240"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:lastRenderedPageBreak/>
         <w:t>3.3.1 Exemplo de t</w:t>
       </w:r>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">abela </w:t>
       </w:r>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(seção terciária, letras minúsculas, sem negrito, fonte Segoe UI, tamanho 12, espaçamento antes e depois de 12 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
@@ -3081,86 +4084,86 @@
     </w:p>
     <w:p w14:paraId="7784884C" w14:textId="77777777" w:rsidR="00D12951" w:rsidRPr="0027435B" w:rsidRDefault="00D12951" w:rsidP="00D12951">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="326DBFE6" w14:textId="77777777" w:rsidR="00D12951" w:rsidRPr="0027435B" w:rsidRDefault="00D12951" w:rsidP="00D12951">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:t xml:space="preserve">O título é precedido pela palavra Tabela, sua numeração e travessão, e deve ser apresentado na parte superior, fonte Segoe UI, tamanho12, centralizada, sem negrito e sem ponto final. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3767B0CC" w14:textId="77777777" w:rsidR="00D12951" w:rsidRPr="0027435B" w:rsidRDefault="00D12951" w:rsidP="00D12951">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:t xml:space="preserve">As normas de apresentação tabular do IBGE estão disponíveis para consulta no link: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="0027435B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FF65E93" w14:textId="77777777" w:rsidR="00D12951" w:rsidRPr="0027435B" w:rsidRDefault="00D12951" w:rsidP="00D12951">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceder conforme as orientações destacadas na tabela abaixo, que está disponível no site </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:anchor="google_vignette" w:history="1">
+      <w:hyperlink r:id="rId18" w:anchor="google_vignette" w:history="1">
         <w:r w:rsidRPr="0027435B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.normasabnt.org/tabela-nas-normas-abnt-como-inserir-tabelas/#google_vignette</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0027435B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4996E66C" w14:textId="2737A969" w:rsidR="00D12951" w:rsidRDefault="00D12951" w:rsidP="00D12951">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
@@ -3195,51 +4198,51 @@
       <w:r w:rsidRPr="00BF7004">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pt-BR"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="495706E0" wp14:editId="5B1F3355">
             <wp:extent cx="5760085" cy="2908300"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:docPr id="5" name="Imagem 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Tabela ABNT.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14" cstate="print">
+                    <a:blip r:embed="rId19" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5760085" cy="2908300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -3320,384 +4323,294 @@
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Devem ser conforme as alíneas a seguir:</w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73A0CCBB" w14:textId="1D23D1AA" w:rsidR="00D40537" w:rsidRPr="003431F6" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> diversos assuntos que não possuam título próprio, dentro de uma mesma seção, devem ser subdivididos em alíneas;</w:t>
+      <w:r w:rsidRPr="003431F6">
+        <w:t>os diversos assuntos que não possuam título próprio, dentro de uma mesma seção, devem ser subdivididos em alíneas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ADB1CF6" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="003431F6" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> texto que antecede as alíneas termina em dois pontos;</w:t>
+      <w:r w:rsidRPr="003431F6">
+        <w:t>o texto que antecede as alíneas termina em dois pontos;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F31376" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="003431F6" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003431F6">
         <w:lastRenderedPageBreak/>
-        <w:t>as</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> alíneas devem ser indicadas alfabeticamente, em letra minúscula, seguida de parêntese. Utilizam-se letras dobradas, quando esgotadas as letras do alfabeto;</w:t>
+        <w:t>as alíneas devem ser indicadas alfabeticamente, em letra minúscula, seguida de parêntese. Utilizam-se letras dobradas, quando esgotadas as letras do alfabeto;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="023E66B8" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="003431F6" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> letras indicativas das alíneas devem apresentar recuo em relação à margem esquerda;</w:t>
+      <w:r w:rsidRPr="003431F6">
+        <w:t>as letras indicativas das alíneas devem apresentar recuo em relação à margem esquerda;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF753F2" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="003431F6" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> texto da alínea deve começar por letra minúscula e terminar em ponto-e-vírgula, exceto a última alínea que termina em ponto final;</w:t>
+      <w:r w:rsidRPr="003431F6">
+        <w:t>o texto da alínea deve começar por letra minúscula e terminar em ponto-e-vírgula, exceto a última alínea que termina em ponto final;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="615C401C" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="003431F6" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> texto da alínea deve terminar em dois pontos, se houver </w:t>
+      <w:r w:rsidRPr="003431F6">
+        <w:t xml:space="preserve">o texto da alínea deve terminar em dois pontos, se houver </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003431F6">
         <w:t>subalínea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003431F6">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B1450CF" w14:textId="7554F635" w:rsidR="00D40537" w:rsidRPr="0057311D" w:rsidRDefault="00D40537" w:rsidP="00B719C4">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> segunda e as seguintes linhas do texto da alínea começam sob a primeira letra </w:t>
+      <w:r w:rsidRPr="003431F6">
+        <w:t xml:space="preserve">a segunda e as seguintes linhas do texto da alínea começam sob a primeira letra </w:t>
       </w:r>
       <w:r w:rsidRPr="0057311D">
         <w:t>do texto da própria alínea.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76CCEBED" w14:textId="5464B85E" w:rsidR="00D40537" w:rsidRPr="003431F6" w:rsidRDefault="00D40537" w:rsidP="00B440BB">
       <w:pPr>
         <w:pStyle w:val="SUBTITULO"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0057311D">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:b/>
         </w:rPr>
         <w:t>5 NOTAS DE RODAPÉ</w:t>
       </w:r>
       <w:r w:rsidRPr="0057311D">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="_Hlk135075384"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk135075384"/>
       <w:r w:rsidR="00D12951" w:rsidRPr="0057311D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(seção primária, letra maiúscula, negrito, fonte Segoe UI,</w:t>
       </w:r>
       <w:r w:rsidR="00D12951" w:rsidRPr="003431F6">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> tamanho 12, espaçamento antes e depois 12 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D12951" w:rsidRPr="003431F6">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D12951" w:rsidRPr="003431F6">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">, espaçamento entre linhas simples, alinhado à esquerda, com numeração) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p w14:paraId="2E83CE65" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="003431F6" w:rsidRDefault="00D40537" w:rsidP="00312FA9">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="003431F6">
         <w:t>Utilizar as notas de rodapé</w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="3"/>
+        <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:t xml:space="preserve"> para abordar pontos que não devem ser incluídos no texto, como: comentários; esclarecimentos (notas explicativas) e traduções. Não devem ser usadas para indicar citação ou referência.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1191D6BB" w14:textId="1FECCFB9" w:rsidR="00D40537" w:rsidRDefault="00D40537" w:rsidP="00312FA9">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="003431F6">
         <w:t xml:space="preserve">Sempre que for necessário utilizar notas de rodapé, a chamada às notas no texto é feita por números arábicos acima do texto (sobrescrito). A numeração deve ser única em todo o trabalho e em ordem crescente, justificada à esquerda, </w:t>
       </w:r>
       <w:r w:rsidR="00D12951" w:rsidRPr="003431F6">
         <w:t>Segoe</w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:t xml:space="preserve"> UI, </w:t>
       </w:r>
       <w:r w:rsidR="00D12951" w:rsidRPr="003431F6">
         <w:t>tamanho</w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:t xml:space="preserve"> 10, espaço simples.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A06B89" w14:textId="57380D7D" w:rsidR="00D40537" w:rsidRPr="003431F6" w:rsidRDefault="00C147E8" w:rsidP="00B440BB">
+    <w:p w14:paraId="335E4C4C" w14:textId="29956C42" w:rsidR="00A55D1D" w:rsidRPr="00276CC8" w:rsidRDefault="00A55D1D" w:rsidP="002604D8">
       <w:pPr>
         <w:pStyle w:val="SUBTITULO"/>
-        <w:spacing w:before="240" w:after="240"/>
-[...8 lines deleted...]
-          <w:rStyle w:val="Ttulo1Char"/>
+        <w:spacing w:beforeLines="150" w:before="360" w:after="240"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005B2858">
+        <w:rPr>
+          <w:rStyle w:val="TtuloPsTextoChar"/>
           <w:b/>
         </w:rPr>
-        <w:t>6</w:t>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:t>AGRADECIMENTOS</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D40537" w:rsidRPr="0057311D">
-[...90 lines deleted...]
-        <w:t>, com orientações para aplicação das normas.</w:t>
+      <w:r w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="004E2199">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>e houver. S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>eção; letra maiúscula; espaçamento entrelinhas simples; centralizado)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232E4B49" w14:textId="77777777" w:rsidR="00AA7172" w:rsidRPr="00E36FF0" w:rsidRDefault="00AA7172" w:rsidP="00AA7172">
+      <w:pPr>
+        <w:pStyle w:val="CONTRIBUIO"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E36FF0">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Agradecimentos a pessoas e/ou instituições, se for o caso, devem ser inseridos após os elementos pós-textuais e de maneira sucinta. Caso o trabalho tenha recebido recursos da Coordenação de Aperfeiçoamento de Pessoal de Nível Superior (Capes), atentar para o que consta na Portaria nº 206, de 4 de setembro de 2018.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E51B2E" w14:textId="541A62CF" w:rsidR="00C147E8" w:rsidRPr="003431F6" w:rsidRDefault="00C147E8" w:rsidP="0027169B">
       <w:pPr>
         <w:pStyle w:val="TtuloPsTexto"/>
         <w:spacing w:beforeLines="0" w:before="480" w:afterLines="0" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="0057311D">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">REFERÊNCIAS </w:t>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="_Hlk135075565"/>
+      <w:bookmarkStart w:id="20" w:name="_Hlk135075565"/>
       <w:r w:rsidR="00584191" w:rsidRPr="0057311D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00C1130A" w:rsidRPr="0057311D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>letra</w:t>
       </w:r>
       <w:r w:rsidR="004C507E" w:rsidRPr="0057311D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00C1130A" w:rsidRPr="0057311D">
@@ -3754,80 +4667,88 @@
       <w:r w:rsidR="00C1130A" w:rsidRPr="003431F6">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C1130A" w:rsidRPr="003431F6">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>, centralizado</w:t>
       </w:r>
       <w:r w:rsidR="00584191" w:rsidRPr="003431F6">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="2B75041D" w14:textId="48CB6065" w:rsidR="004C507E" w:rsidRPr="003431F6" w:rsidRDefault="004C507E" w:rsidP="00C1130A">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Lista única, em ordem alfabética. Apresenta </w:t>
       </w:r>
       <w:r w:rsidRPr="004C507E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">os documentos citados </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">ao longo do trabalho. Deve ser apresentada conforme as normas da ABNT NBR 6023. Utilizar fonte Segoe UI, corpo 12; alinhada à esquerda; espaçamento entre linhas simples; espaçamento antes 0 </w:t>
+        <w:t xml:space="preserve">ao longo do trabalho. Deve ser apresentada conforme as normas da ABNT NBR 6023. Utilizar fonte </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Segoe UI, corpo 12; alinhada à esquerda; espaçamento entre linhas simples; espaçamento antes 0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> e depois 12 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
@@ -4173,71 +5094,51 @@
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Administração da produção e operações</w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">: um enfoque estratégico na manufatura e nos serviços. Rio de Janeiro: </w:t>
-[...19 lines deleted...]
-        <w:t>, 2006.</w:t>
+        <w:t>: um enfoque estratégico na manufatura e nos serviços. Rio de Janeiro: Elsevier, 2006.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31A03543" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="003431F6" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Autoria desconhecida</w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
@@ -4272,89 +5173,69 @@
         </w:rPr>
         <w:t xml:space="preserve">BRITISH pharmacopoeia 2010. London: The Stationery Office, 2010. v. 1. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20CB2B86" w14:textId="4814D5BE" w:rsidR="000D72A1" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DICIONÁRIO de especialidades farmacêuticas: DEF 2010/11. Rio de Janeiro: Publicações Científicas, 2010.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6258B210" w14:textId="77777777" w:rsidR="000D72A1" w:rsidRDefault="000D72A1">
-      <w:pPr>
+    <w:p w14:paraId="2D51777E" w14:textId="5D0B2D1F" w:rsidR="00615546" w:rsidRPr="003431F6" w:rsidRDefault="00615546" w:rsidP="00615546">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:r w:rsidRPr="003431F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...21 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Capítulo de livro</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2961DF03" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="003431F6" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">MORAES, A. A. de A. Histórias de leitura em narrativas de professoras. </w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
@@ -4412,97 +5293,84 @@
         <w:t>Komedi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2001. p. 165-235. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AB53F72" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="003431F6" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">BUTLER, M. Modificações pós-tradução em proteínas recombinantes. </w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:i/>
         </w:rPr>
         <w:t>In:</w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> MORAES, A. M.; AUGUSTO, E. F. P.; CASTILHO, L. R. </w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
         </w:rPr>
         <w:t>Tecnologia do cultivo de células animais</w:t>
       </w:r>
       <w:r w:rsidRPr="0027169B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> a terapia gênica. São Paulo: Roca, 2007. p. 122-137.</w:t>
+        <w:t xml:space="preserve"> de biofármacos a terapia gênica. São Paulo: Roca, 2007. p. 122-137.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="064FCB97" w14:textId="6F632D82" w:rsidR="00615546" w:rsidRPr="003431F6" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Dissertação ou Tese</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E4204CC" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="003431F6" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:pStyle w:val="Default"/>
@@ -4514,51 +5382,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">STRIEDER, C. C. </w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Educação beneditina e escolar:</w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> o lugar do passado no presente. 2022. Tese (Doutorado em Educação) – Universidade de Sorocaba, Sorocaba, 2022. Disponível em: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="003431F6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           </w:rPr>
           <w:t>https://uniso.br/mestrado-doutorado/educacao/teses/2022/cristiane-correa.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve">Acesso em: 01 fev. 2024. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5465FACC" w14:textId="1E6FF2BA" w:rsidR="00C1130A" w:rsidRPr="003431F6" w:rsidRDefault="00615546" w:rsidP="00C1130A">
       <w:pPr>
@@ -4637,146 +5505,135 @@
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CARVALHO, R. R. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> S.; OLIVEIRA, </w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
+        <w:t xml:space="preserve"> S.; OLIVEIRA, J. F. de. </w:t>
+      </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">J. F. de. </w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Expansão e qualidade da educação superior:</w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t>Expansão e qualidade da educação superior:</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> um balanço das metas 12, 13 e 14 do Plano Nacional de Educação - PNE  2014-2024. </w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> um balanço das metas 12, 13 e 14 do Plano Nacional de Educação - PNE  2014-2024. </w:t>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Avaliação:</w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-          <w:b/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Revista da Avaliação da Educação Superior, Campinas; Sorocaba, v. 27, n. 2, p. 227-247, jul. 2022. Disponível em: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="003431F6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.scielo.br/j/aval/a/rxNDLXGXR8H53YDzgrwZvGk/?format=pdf&amp;lang=pt</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Acesso em: 01 fev. 2024. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="114A1483" w14:textId="0F15E197" w:rsidR="00615546" w:rsidRPr="003431F6" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Publicação em Anais de eventos científicos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="620192D8" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="003431F6" w:rsidRDefault="00615546" w:rsidP="00615546">
+    <w:p w14:paraId="620192D8" w14:textId="1A1F00F7" w:rsidR="00AA7172" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">LOPES, L. J.; ROCHA, M. de P. P.; BERGAMASCHI, C. de C. Prescrição inapropriada para pacientes psiquiátricos em um hospital público. </w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
@@ -4790,196 +5647,176 @@
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MOSTRA DE ATIVIDADES ACADÊMICAS, 2., 2016, Sorocaba. </w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Anais </w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">[...]. Sorocaba: </w:t>
-[...21 lines deleted...]
-      <w:hyperlink r:id="rId18" w:history="1">
+        <w:t xml:space="preserve">[...]. Sorocaba: Uniso, 2016. p. 155-160. Tema: Inovação e transversalidade. Disponível em: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="003431F6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://uniso.br/assets/docs/publicacoes/publicacoes-eventos/anais-da-maac/edicoes/anais-maac-II.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Acesso em: 01 fev. 2024. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="716B5D94" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="003431F6" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Evento no todo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7121B562" w14:textId="77777777" w:rsidR="000D72A1" w:rsidRDefault="00615546" w:rsidP="00615546">
+    <w:p w14:paraId="7121B562" w14:textId="7A3634E3" w:rsidR="004E2199" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ENCONTRO NACIONAL DE ENSINO DE BIOLOGIA, 7.; ENCONTRO REGIONAL DE ENSINO DE BIOLOGIA DA REGIONAL 6 – NORTE, 1., 2018. Belém, PA. </w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Anais</w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> [...]. Belém, PA: UFPA, 2018. Tema: O que a vida tem a ensinar ao Ensino de Biologia? Disponível em: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="006469D3" w:rsidRPr="003431F6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://sbenbio.org.br/wp-content/uploads/anais/anais_ vii_enebio_norte_completo_2018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Acesso</w:t>
       </w:r>
       <w:r w:rsidR="006469D3" w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">em: 01 fev. 2024. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E91DFEF" w14:textId="77777777" w:rsidR="000D72A1" w:rsidRDefault="000D72A1">
+    <w:p w14:paraId="0C97D7E3" w14:textId="77777777" w:rsidR="004E2199" w:rsidRDefault="004E2199">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EF1F34C" w14:textId="6E97392C" w:rsidR="00615546" w:rsidRPr="003431F6" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -5040,636 +5877,837 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Paulo,</w:t>
       </w:r>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> São Paulo, ano 99, n. 33.025, 3 set. 2019. Disponível em: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="003431F6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www1.folha.uol.com.br/cotidiano/2019/09/pelos-lados-e-para-o-alto-sp-cresce-60-em-area-construida-em-25-anos.shtml</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Acesso em: 01 fev. 2024.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D171A8" w14:textId="5BE811B7" w:rsidR="00C147E8" w:rsidRPr="003431F6" w:rsidRDefault="00C147E8" w:rsidP="004C507E">
-[...69 lines deleted...]
-    <w:p w14:paraId="64B808B1" w14:textId="60079889" w:rsidR="00615546" w:rsidRPr="003431F6" w:rsidRDefault="00615546" w:rsidP="00E36FF0">
+    <w:p w14:paraId="1C7165AA" w14:textId="77F065BF" w:rsidR="00AA7172" w:rsidRPr="00C147E8" w:rsidRDefault="00B57145" w:rsidP="00AA7172">
       <w:pPr>
         <w:pStyle w:val="CONTRIBUIO"/>
         <w:spacing w:before="480"/>
       </w:pPr>
-      <w:r w:rsidRPr="0057311D">
+      <w:bookmarkStart w:id="21" w:name="_Hlk135073560"/>
+      <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Contribuição </w:t>
+        <w:t>CONTRIBUIÇ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ÕES </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0057311D">
+      <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>dos(</w:t>
+        <w:t>DOS(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0057311D">
+      <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">as) autores(as) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0057311D">
+        <w:t>AS) AUTORES(AS)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7172" w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7172" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="0057311D">
-[...12 lines deleted...]
-    <w:p w14:paraId="0332484B" w14:textId="75D1E427" w:rsidR="00615546" w:rsidRPr="003431F6" w:rsidRDefault="00615546" w:rsidP="00C147E8">
+      <w:r w:rsidR="00AA7172">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7172" w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specificar </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7172">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7172" w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contribuição</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7172">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de cada autor)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7172" w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4555E1AE" w14:textId="77777777" w:rsidR="00AA7172" w:rsidRPr="002604D8" w:rsidRDefault="00AA7172" w:rsidP="00AA7172">
       <w:pPr>
         <w:pStyle w:val="CONT-AUTOR"/>
+        <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002604D8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nome completo do </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003431F6">
-[...4 lines deleted...]
-        <w:t>Autor(</w:t>
+      <w:r w:rsidRPr="002604D8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>autor(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003431F6">
+      <w:r w:rsidRPr="002604D8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a) 1 – </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B0C1E7E" w14:textId="183390C9" w:rsidR="00615546" w:rsidRDefault="00615546" w:rsidP="00C147E8">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="0ABFAF86" w14:textId="77777777" w:rsidR="00AA7172" w:rsidRPr="002604D8" w:rsidRDefault="00AA7172" w:rsidP="00AA7172">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002604D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nome completo do </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003431F6">
+      <w:r w:rsidRPr="002604D8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Autor(</w:t>
+        <w:t>autor(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003431F6">
+      <w:r w:rsidRPr="002604D8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a) 2 – </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-[...3 lines deleted...]
-        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+    </w:p>
+    <w:p w14:paraId="3B99C1FA" w14:textId="2900F8D0" w:rsidR="00A55D1D" w:rsidRPr="00AF5AEF" w:rsidRDefault="00B57145" w:rsidP="00A55D1D">
+      <w:pPr>
+        <w:spacing w:before="360" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0057311D">
+      <w:r w:rsidRPr="00AF5AEF">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Declaração de conflito de interesse</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:t>DECLARAÇÃO DE CONFLITO DE INTERESSE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B35862" w14:textId="77777777" w:rsidR="00A55D1D" w:rsidRDefault="00A55D1D" w:rsidP="00B57145">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Os autores declaram que não há conflito de interesse com o artigo </w:t>
-[...8 lines deleted...]
-        <w:t>[inserir título do artigo]</w:t>
+        <w:t>Os autores declaram que não há conflito de interesse com o artigo "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081516D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>inserir título do artigo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00335273">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AFA98EC" w14:textId="3A86028C" w:rsidR="00615546" w:rsidRPr="00500ED7" w:rsidRDefault="005B2858" w:rsidP="00615546">
+    <w:p w14:paraId="2A2906A0" w14:textId="18549EB8" w:rsidR="00A55D1D" w:rsidRPr="00825A1D" w:rsidRDefault="00B57145" w:rsidP="00B57145">
+      <w:pPr>
+        <w:spacing w:before="360" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0062591A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DISPONIBILIDADE DE DADOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02EFF861" w14:textId="0573B0E3" w:rsidR="00A55D1D" w:rsidRDefault="00A55D1D" w:rsidP="00A55D1D">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081516D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Informe uma das opões</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (a informada no</w:t>
+      </w:r>
+      <w:r w:rsidR="0062591A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="0062591A" w:rsidRPr="0023684B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Formulário sobre conformidade com a Ciência Aberta</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B1842F5" w14:textId="77777777" w:rsidR="00A55D1D" w:rsidRPr="0052001D" w:rsidRDefault="00A55D1D" w:rsidP="00A55D1D">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052001D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Os conteúdos subjacentes ao texto da pesquisa estão </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>disponíveis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052001D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no artigo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CCD80CD" w14:textId="77777777" w:rsidR="00A55D1D" w:rsidRPr="00646B0E" w:rsidRDefault="00A55D1D" w:rsidP="00A55D1D">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00646B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00646B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) Os conjuntos de dados gerados e/ou analisados durante a pesquisa estão disponíveis em: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00646B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>inserir endereço URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00646B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D33A78" w14:textId="77777777" w:rsidR="00A55D1D" w:rsidRPr="0052001D" w:rsidRDefault="00A55D1D" w:rsidP="00A55D1D">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052001D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Os dados que embasam este estudo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">podem ser solicitados ao(à) autor(a), mediante justificativa, em razão de restrições de caráter </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052001D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>étic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o, de segurança e/ou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052001D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">financeiras. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052001D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C77137E" w14:textId="77777777" w:rsidR="00A55D1D" w:rsidRPr="003431F6" w:rsidRDefault="00A55D1D" w:rsidP="00A55D1D">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00500ED7">
+      <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00615546" w:rsidRPr="00500ED7">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Revisado por:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="04A062CD" w14:textId="77777777" w:rsidR="009E771D" w:rsidRPr="00500ED7" w:rsidRDefault="009E771D" w:rsidP="00C147E8">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F339306" w14:textId="77777777" w:rsidR="00A55D1D" w:rsidRPr="00DC3E47" w:rsidRDefault="00A55D1D" w:rsidP="00A55D1D">
       <w:pPr>
         <w:pStyle w:val="REVISO-AUTOR"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC3E47">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Após aprovação do artigo elaborar revisão textual.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AC97BB6" w14:textId="0E81EE27" w:rsidR="00615546" w:rsidRPr="003431F6" w:rsidRDefault="009E771D" w:rsidP="00C147E8">
+    <w:p w14:paraId="289C4D9C" w14:textId="77777777" w:rsidR="00A55D1D" w:rsidRPr="003431F6" w:rsidRDefault="00A55D1D" w:rsidP="00A55D1D">
       <w:pPr>
         <w:pStyle w:val="REVISO-AUTOR"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003431F6">
-[...14 lines deleted...]
-    <w:p w14:paraId="7E9BD71F" w14:textId="788CBC40" w:rsidR="00615546" w:rsidRPr="003431F6" w:rsidRDefault="00615546" w:rsidP="00C147E8">
+      <w:r w:rsidRPr="000E3FB4">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Inserir nome completo do revisor:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003431F6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pessoa Física ou Jurídica</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F5A1A0A" w14:textId="77777777" w:rsidR="00A55D1D" w:rsidRDefault="00A55D1D" w:rsidP="00A55D1D">
       <w:pPr>
         <w:pStyle w:val="REVISO-AUTOR"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>contato@</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dorevisor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003431F6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a)</w:t>
-[...79 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId24"/>
+        <w:t xml:space="preserve">a) </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:sectPr w:rsidR="00A55D1D" w:rsidSect="00455733">
+      <w:headerReference w:type="default" r:id="rId26"/>
+      <w:footerReference w:type="default" r:id="rId27"/>
+      <w:headerReference w:type="first" r:id="rId28"/>
+      <w:footerReference w:type="first" r:id="rId29"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="652" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3209F755" w14:textId="77777777" w:rsidR="00BD605D" w:rsidRDefault="00BD605D" w:rsidP="00615546">
+    <w:p w14:paraId="7C39BEDA" w14:textId="77777777" w:rsidR="00BC23B6" w:rsidRDefault="00BC23B6" w:rsidP="00615546">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D58F7DB" w14:textId="77777777" w:rsidR="00BD605D" w:rsidRDefault="00BD605D" w:rsidP="00615546">
+    <w:p w14:paraId="2E77EA64" w14:textId="77777777" w:rsidR="00BC23B6" w:rsidRDefault="00BC23B6" w:rsidP="00615546">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bembo Book MT Std">
     <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial-BoldMT">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:notTrueType/>
-    <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Quattrocento Sans">
-    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000BF" w:usb1="4000005B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="638EF48B" w14:textId="7E769FAD" w:rsidR="00956262" w:rsidRPr="00C97C3E" w:rsidRDefault="00B40C6E" w:rsidP="00C147E8">
+  <w:p w14:paraId="638EF48B" w14:textId="4551FF1A" w:rsidR="00956262" w:rsidRPr="00C97C3E" w:rsidRDefault="00B40C6E" w:rsidP="00C147E8">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F75722">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13717B3A" wp14:editId="039119EB">
           <wp:simplePos x="0" y="0"/>
@@ -5712,151 +6750,231 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00F75722">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t>Quaestio - Revista de Estudos em Educação | Sorocaba, SP | v. 2</w:t>
+      <w:t>Quaestio</w:t>
     </w:r>
-    <w:r w:rsidR="00F75722">
+    <w:r w:rsidR="0082304D">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidRPr="00F75722">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t xml:space="preserve"> | e02</w:t>
+      <w:t>Revista de Estudos em Educação</w:t>
     </w:r>
-    <w:r w:rsidR="00F75722">
+    <w:r w:rsidR="00145CEA">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>,</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F75722">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Sorocaba,</w:t>
+    </w:r>
+    <w:r w:rsidR="00145CEA">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F75722">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t>v. 2</w:t>
+    </w:r>
+    <w:r w:rsidR="0082304D">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t>8</w:t>
+    </w:r>
+    <w:r w:rsidR="00145CEA">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F75722">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t>e02</w:t>
+    </w:r>
+    <w:r w:rsidR="0082304D">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00F75722">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>00</w:t>
     </w:r>
     <w:r w:rsidR="00F75722">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidRPr="00F75722">
+    <w:r w:rsidR="00145CEA">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r w:rsidRPr="00F75722">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t>| 202</w:t>
+      <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00F75722">
+    <w:r w:rsidR="0082304D">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t>5</w:t>
-[...9 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">6     </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t xml:space="preserve">                </w:t>
+      <w:t xml:space="preserve">      </w:t>
+    </w:r>
+    <w:r w:rsidR="00145CEA">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">              </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">     </w:t>
     </w:r>
     <w:r w:rsidR="00F75722">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidRPr="00F75722">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">      </w:t>
     </w:r>
     <w:r w:rsidRPr="00C97C3E">
       <w:rPr>
@@ -5900,59 +7018,59 @@
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00F75722">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00F75722">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00653958">
+        <w:r w:rsidR="00ED1776">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:noProof/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r w:rsidRPr="00F75722">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="439512D5" w14:textId="675AF67B" w:rsidR="007C58B8" w:rsidRDefault="007C58B8" w:rsidP="00233363">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4986"/>
         <w:tab w:val="right" w:pos="9972"/>
@@ -6099,261 +7217,214 @@
     <w:r w:rsidRPr="00090E7D">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Layout: </w:t>
     </w:r>
     <w:r w:rsidR="00BD34B9" w:rsidRPr="00BD34B9">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>(não preencher)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E4B6A93" w14:textId="77777777" w:rsidR="00BD605D" w:rsidRDefault="00BD605D" w:rsidP="00A70EED">
+    <w:p w14:paraId="2A322FAA" w14:textId="77777777" w:rsidR="00BC23B6" w:rsidRDefault="00BC23B6" w:rsidP="00A70EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F7DC042" w14:textId="77777777" w:rsidR="00BD605D" w:rsidRDefault="00BD605D" w:rsidP="00615546">
+    <w:p w14:paraId="64820F86" w14:textId="77777777" w:rsidR="00BC23B6" w:rsidRDefault="00BC23B6" w:rsidP="00615546">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="550CFE55" w14:textId="017AEB9B" w:rsidR="00623A02" w:rsidRPr="00B852DB" w:rsidRDefault="00623A02" w:rsidP="002F56E8">
+    <w:p w14:paraId="5AC14503" w14:textId="5E3A9ADF" w:rsidR="00D218EB" w:rsidRPr="00B724FA" w:rsidRDefault="00D218EB" w:rsidP="00D218EB">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
-          <w:color w:val="0070C0"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B852DB">
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B724FA">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00B852DB">
+      <w:r w:rsidRPr="00B724FA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003165BF">
+      <w:r w:rsidR="000A2CC2">
         <w:t>Filiação i</w:t>
       </w:r>
-      <w:r w:rsidR="003165BF" w:rsidRPr="00B724FA">
+      <w:r w:rsidR="000A2CC2" w:rsidRPr="00B724FA">
         <w:t>nstitu</w:t>
       </w:r>
-      <w:r w:rsidR="003165BF">
-[...31 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000A2CC2">
+        <w:t>cional.</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2CC2" w:rsidRPr="00B724FA">
+        <w:t xml:space="preserve"> Cidade, Estado</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2CC2">
+        <w:t xml:space="preserve"> (sigla do Estado)</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2CC2" w:rsidRPr="00B724FA">
+        <w:t>, País.</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2CC2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B852DB">
-[...26 lines deleted...]
-      <w:r w:rsidR="002F56E8" w:rsidRPr="00B724FA">
+      <w:r w:rsidR="000A2CC2" w:rsidRPr="00B724FA">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Fonte Segoe U</w:t>
       </w:r>
-      <w:r w:rsidR="002F56E8">
+      <w:r w:rsidR="000A2CC2">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="002F56E8" w:rsidRPr="00B724FA">
+      <w:r w:rsidR="000A2CC2" w:rsidRPr="00B724FA">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10; Espaço simples; justificado.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="6C608E8A" w14:textId="6A3C9F11" w:rsidR="00623A02" w:rsidRDefault="00623A02" w:rsidP="00B852DB">
+    <w:p w14:paraId="43817934" w14:textId="77777777" w:rsidR="00D218EB" w:rsidRDefault="00D218EB" w:rsidP="000A2CC2">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:spacing w:after="120"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B852DB">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00B852DB">
-[...5 lines deleted...]
-      <w:r w:rsidR="003165BF" w:rsidRPr="00B724FA">
+      <w:r>
+        <w:t xml:space="preserve"> Filiação i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B724FA">
         <w:t>nstitu</w:t>
       </w:r>
-      <w:r w:rsidR="003165BF">
-[...55 lines deleted...]
-      <w:r w:rsidRPr="00B852DB">
+      <w:r>
+        <w:t>cional.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B724FA">
+        <w:t xml:space="preserve"> Cidade, Estado</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (sigla do Estado)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B724FA">
+        <w:t>, País</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003654A0">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B40C6E" w:rsidRPr="00B40C6E">
+      <w:r w:rsidRPr="00B40C6E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
+    <w:p w14:paraId="14111FB5" w14:textId="77777777" w:rsidR="000B16F1" w:rsidRPr="00AA4E9C" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:pStyle w:val="Textodenotaderodap"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:rPr>
+          <w:rFonts w:cs="Segoe UI"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Discurso proferido no auditório da ABNT, em 21 de março de 2019.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="6FFA0CDC" w14:textId="2FA11F7B" w:rsidR="000B16F1" w:rsidRDefault="000B16F1" w:rsidP="000B16F1">
+      <w:pPr>
+        <w:pStyle w:val="Textodenotaderodap"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E027A4">
+        <w:rPr>
+          <w:rFonts w:cs="Segoe UI"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Entrevista de pesquisa concedida em 10 de março de 2020, na cidade do Rio de Janeiro.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
     <w:p w14:paraId="5E8A046A" w14:textId="54A64E48" w:rsidR="00D40537" w:rsidRPr="000772EB" w:rsidRDefault="00D40537" w:rsidP="008D1DA2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0057311D">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0057311D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> C</w:t>
@@ -6966,196 +8037,237 @@
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D27828"/>
     <w:rsid w:val="00013FA4"/>
     <w:rsid w:val="000311B3"/>
     <w:rsid w:val="00031334"/>
+    <w:rsid w:val="00034FEB"/>
+    <w:rsid w:val="00052539"/>
+    <w:rsid w:val="000751EC"/>
+    <w:rsid w:val="000A2CC2"/>
     <w:rsid w:val="000B16F1"/>
     <w:rsid w:val="000D34F0"/>
     <w:rsid w:val="000D399A"/>
     <w:rsid w:val="000D5DDC"/>
     <w:rsid w:val="000D72A1"/>
     <w:rsid w:val="000E082A"/>
     <w:rsid w:val="000E2267"/>
+    <w:rsid w:val="000E23B9"/>
+    <w:rsid w:val="000E3FB4"/>
     <w:rsid w:val="00102996"/>
     <w:rsid w:val="00122F2F"/>
     <w:rsid w:val="00131139"/>
+    <w:rsid w:val="00145CEA"/>
     <w:rsid w:val="00197923"/>
+    <w:rsid w:val="001C3EB3"/>
     <w:rsid w:val="00207848"/>
     <w:rsid w:val="00233363"/>
     <w:rsid w:val="00241064"/>
+    <w:rsid w:val="002604D8"/>
     <w:rsid w:val="00266566"/>
     <w:rsid w:val="00270754"/>
     <w:rsid w:val="0027169B"/>
     <w:rsid w:val="0027324C"/>
     <w:rsid w:val="0027435B"/>
+    <w:rsid w:val="002774FC"/>
     <w:rsid w:val="002833D8"/>
     <w:rsid w:val="002945D2"/>
     <w:rsid w:val="002A43F0"/>
+    <w:rsid w:val="002A6F11"/>
     <w:rsid w:val="002C1683"/>
     <w:rsid w:val="002D7AF7"/>
+    <w:rsid w:val="002E0B07"/>
     <w:rsid w:val="002F56E8"/>
     <w:rsid w:val="00312FA9"/>
     <w:rsid w:val="003165BF"/>
+    <w:rsid w:val="003221EA"/>
     <w:rsid w:val="0033711B"/>
     <w:rsid w:val="003431F6"/>
     <w:rsid w:val="003654A0"/>
     <w:rsid w:val="003C03BB"/>
+    <w:rsid w:val="003D6182"/>
     <w:rsid w:val="003E4B84"/>
     <w:rsid w:val="00400DCB"/>
+    <w:rsid w:val="004275CA"/>
     <w:rsid w:val="0043460F"/>
     <w:rsid w:val="00455733"/>
     <w:rsid w:val="00461CA0"/>
     <w:rsid w:val="00462005"/>
     <w:rsid w:val="004773E2"/>
     <w:rsid w:val="00491C38"/>
     <w:rsid w:val="004C3BC1"/>
     <w:rsid w:val="004C507E"/>
     <w:rsid w:val="004D120E"/>
     <w:rsid w:val="004D60D0"/>
+    <w:rsid w:val="004E2199"/>
     <w:rsid w:val="004F16C5"/>
-    <w:rsid w:val="00500ED7"/>
     <w:rsid w:val="00522B54"/>
     <w:rsid w:val="00527D86"/>
+    <w:rsid w:val="005303B6"/>
     <w:rsid w:val="00534398"/>
     <w:rsid w:val="00554B5A"/>
     <w:rsid w:val="005609DA"/>
     <w:rsid w:val="005623A2"/>
     <w:rsid w:val="00567D06"/>
     <w:rsid w:val="0057311D"/>
     <w:rsid w:val="00584191"/>
     <w:rsid w:val="005B2858"/>
     <w:rsid w:val="005C665D"/>
+    <w:rsid w:val="005C75E6"/>
     <w:rsid w:val="00602F69"/>
     <w:rsid w:val="00615546"/>
     <w:rsid w:val="00623A02"/>
     <w:rsid w:val="00625731"/>
+    <w:rsid w:val="0062591A"/>
     <w:rsid w:val="006469D3"/>
-    <w:rsid w:val="00653958"/>
     <w:rsid w:val="006A7A8C"/>
     <w:rsid w:val="006E6D0D"/>
     <w:rsid w:val="006F276A"/>
     <w:rsid w:val="006F7786"/>
     <w:rsid w:val="00712C00"/>
     <w:rsid w:val="00714D4B"/>
     <w:rsid w:val="007165EC"/>
     <w:rsid w:val="007302D9"/>
     <w:rsid w:val="00732906"/>
     <w:rsid w:val="00764D9E"/>
     <w:rsid w:val="0077576B"/>
     <w:rsid w:val="007A1105"/>
     <w:rsid w:val="007B2A40"/>
+    <w:rsid w:val="007B678F"/>
     <w:rsid w:val="007C58B8"/>
+    <w:rsid w:val="007F43F4"/>
+    <w:rsid w:val="007F45B2"/>
     <w:rsid w:val="007F590F"/>
     <w:rsid w:val="00805D41"/>
+    <w:rsid w:val="00815D98"/>
+    <w:rsid w:val="0082304D"/>
     <w:rsid w:val="00864DAA"/>
     <w:rsid w:val="00883ECB"/>
     <w:rsid w:val="008D1DA2"/>
     <w:rsid w:val="008E114B"/>
     <w:rsid w:val="008E568A"/>
     <w:rsid w:val="00915949"/>
+    <w:rsid w:val="00952A9E"/>
     <w:rsid w:val="00956262"/>
     <w:rsid w:val="00971AD6"/>
+    <w:rsid w:val="00984C37"/>
     <w:rsid w:val="00993DB9"/>
+    <w:rsid w:val="009C6331"/>
     <w:rsid w:val="009D5CB6"/>
+    <w:rsid w:val="009D72B0"/>
+    <w:rsid w:val="009E0178"/>
     <w:rsid w:val="009E771D"/>
     <w:rsid w:val="009F0E4B"/>
     <w:rsid w:val="00A02B72"/>
     <w:rsid w:val="00A07D36"/>
     <w:rsid w:val="00A101F6"/>
     <w:rsid w:val="00A22F28"/>
+    <w:rsid w:val="00A27DCD"/>
     <w:rsid w:val="00A32A09"/>
     <w:rsid w:val="00A4135D"/>
+    <w:rsid w:val="00A55D1D"/>
     <w:rsid w:val="00A70EED"/>
+    <w:rsid w:val="00A9528B"/>
+    <w:rsid w:val="00AA7172"/>
     <w:rsid w:val="00B00ABC"/>
     <w:rsid w:val="00B00F7A"/>
     <w:rsid w:val="00B01B77"/>
     <w:rsid w:val="00B40C6E"/>
     <w:rsid w:val="00B440BB"/>
     <w:rsid w:val="00B51109"/>
+    <w:rsid w:val="00B57145"/>
+    <w:rsid w:val="00B62B13"/>
     <w:rsid w:val="00B719C4"/>
+    <w:rsid w:val="00B72BC7"/>
     <w:rsid w:val="00B852DB"/>
     <w:rsid w:val="00BC042A"/>
     <w:rsid w:val="00BC1796"/>
+    <w:rsid w:val="00BC23B6"/>
     <w:rsid w:val="00BD34B9"/>
-    <w:rsid w:val="00BD605D"/>
     <w:rsid w:val="00BE1479"/>
+    <w:rsid w:val="00BF3F14"/>
     <w:rsid w:val="00BF6010"/>
     <w:rsid w:val="00BF7004"/>
     <w:rsid w:val="00C1130A"/>
     <w:rsid w:val="00C147E8"/>
+    <w:rsid w:val="00C45C9E"/>
     <w:rsid w:val="00C61500"/>
     <w:rsid w:val="00C7072E"/>
     <w:rsid w:val="00C91C2D"/>
     <w:rsid w:val="00CB2480"/>
     <w:rsid w:val="00CE5183"/>
     <w:rsid w:val="00CF1EFB"/>
-    <w:rsid w:val="00CF6A66"/>
     <w:rsid w:val="00D00030"/>
     <w:rsid w:val="00D12951"/>
+    <w:rsid w:val="00D218EB"/>
     <w:rsid w:val="00D27828"/>
     <w:rsid w:val="00D35D57"/>
     <w:rsid w:val="00D40537"/>
     <w:rsid w:val="00D54539"/>
     <w:rsid w:val="00D855DF"/>
     <w:rsid w:val="00DC3DEB"/>
-    <w:rsid w:val="00DE6A75"/>
+    <w:rsid w:val="00DF056A"/>
     <w:rsid w:val="00E36FF0"/>
+    <w:rsid w:val="00E87A23"/>
+    <w:rsid w:val="00E87B62"/>
     <w:rsid w:val="00E90E2B"/>
     <w:rsid w:val="00EC2191"/>
+    <w:rsid w:val="00ED1776"/>
+    <w:rsid w:val="00ED2F38"/>
     <w:rsid w:val="00EF2CE0"/>
     <w:rsid w:val="00F046F4"/>
-    <w:rsid w:val="00F124BB"/>
     <w:rsid w:val="00F2630C"/>
     <w:rsid w:val="00F351CC"/>
     <w:rsid w:val="00F41D39"/>
     <w:rsid w:val="00F62B8F"/>
     <w:rsid w:val="00F75722"/>
     <w:rsid w:val="00F8122C"/>
     <w:rsid w:val="00F86512"/>
+    <w:rsid w:val="00F87CB2"/>
     <w:rsid w:val="00F95375"/>
     <w:rsid w:val="00F95DA1"/>
     <w:rsid w:val="00FD2516"/>
+    <w:rsid w:val="00FE3EAD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6D2CC3B9"/>
@@ -7249,51 +8361,51 @@
     <w:lsdException w:name="Title" w:uiPriority="10"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8340,52 +9452,52 @@
     <w:name w:val="REVISÃO - AUTOR Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="REVISO-AUTOR"/>
     <w:rsid w:val="00615546"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HiperlinkVisitado">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00615546"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MenoPendente1">
+    <w:name w:val="Menção Pendente1"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006469D3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttulo2">
     <w:name w:val="Título2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Ttulo2Char"/>
     <w:qFormat/>
     <w:rsid w:val="006A7A8C"/>
     <w:pPr>
       <w:spacing w:beforeLines="100" w:before="100" w:afterLines="100" w:after="100" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
@@ -8639,75 +9751,447 @@
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
       <w:b/>
       <w:caps/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TtuloPsTextoChar">
     <w:name w:val="Título Pós Texto Char"/>
     <w:basedOn w:val="SUBTITULOChar"/>
     <w:link w:val="TtuloPsTexto"/>
     <w:rsid w:val="00B01B77"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="009D72B0"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:rsid w:val="009D72B0"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Forte">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00984C37"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D218EB"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="254362056">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1672489371">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1683236530">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="155269834">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1827428810">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1268003703">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1989355196">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="387539312">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="467939427">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1360887074">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1026951485">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2011053927">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1824809985">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="831407932">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="160"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1984581634">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="160"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2045669330">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="14162836">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="529954718">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="302463563">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1618951473">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="724986201">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="735199808">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="160"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="749471844">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="160"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2034184361">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1860926389">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1485900146">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1771242229">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normasabnt.org/tabela-nas-normas-abnt-como-inserir-tabelas/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/assets/docs/publicacoes/publicacoes-eventos/anais-da-maac/edicoes/anais-maac-II.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/aval/a/rxNDLXGXR8H53YDzgrwZvGk/?format=pdf&amp;lang=pt" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/mestrado-doutorado/educacao/teses/2022/cristiane-correa.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.folha.uol.com.br/cotidiano/2019/09/pelos-lados-e-para-o-alto-sp-cresce-60-em-area-construida-em-25-anos.shtml" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editora.uniso.br/editora/catalog/view/54/42/178" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.22483/2177-5796.2025v27id0000" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbenbio.org.br/wp-content/uploads/anais/anais_%20vii_enebio_norte_completo_2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normasabnt.org/tabela-nas-normas-abnt-como-inserir-tabelas/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/aval/a/rxNDLXGXR8H53YDzgrwZvGk/?format=pdf&amp;lang=pt" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.uniso.br/quaestio/libraryFiles/downloadPublic/45" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/mestrado-doutorado/educacao/teses/2022/cristiane-correa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.folha.uol.com.br/cotidiano/2019/09/pelos-lados-e-para-o-alto-sp-cresce-60-em-area-construida-em-25-anos.shtml" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editora.uniso.br/editora/catalog/view/69/54/282" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbenbio.org.br/wp-content/uploads/anais/anais_%20vii_enebio_norte_completo_2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.22483/2177-5796.2026v28id0000" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/assets/docs/publicacoes/publicacoes-eventos/anais-da-maac/edicoes/anais-maac-II.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -8978,81 +10462,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{037C2448-53D9-4775-8E3E-C4E6ACEDF895}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6C698EF-6AD2-4F9D-B7B0-28055BA4B5EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>15830</Characters>
+  <Pages>12</Pages>
+  <Words>3229</Words>
+  <Characters>17437</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>131</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>145</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18724</CharactersWithSpaces>
+  <CharactersWithSpaces>20625</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sandra Ferreira Sarubo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>