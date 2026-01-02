--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -16,61 +16,50 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="2B03F768" w14:textId="77777777" w:rsidR="00190748" w:rsidRDefault="00190748" w:rsidP="00CE2547">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2588542F" w14:textId="77777777" w:rsidR="00190748" w:rsidRDefault="00190748" w:rsidP="00CE2547">
-[...9 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3C9C25E7" w14:textId="77777777" w:rsidR="00190748" w:rsidRDefault="00190748" w:rsidP="00CE2547">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1730FDBA" w14:textId="1232A978" w:rsidR="003B47CC" w:rsidRPr="00190748" w:rsidRDefault="00190748" w:rsidP="00CE2547">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190748">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
@@ -86,52 +75,54 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(REU)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C731A52" w14:textId="36C5793B" w:rsidR="00737C76" w:rsidRPr="00190748" w:rsidRDefault="00737C76" w:rsidP="008B2962">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50C8A42D" w14:textId="77777777" w:rsidR="00737C76" w:rsidRPr="00190748" w:rsidRDefault="00737C76" w:rsidP="008B2962">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="22FFFCF9" w14:textId="4F9A94D7" w:rsidR="00BD3E8B" w:rsidRPr="00190748" w:rsidRDefault="008B2962" w:rsidP="008B2962">
+    <w:p w14:paraId="22FFFCF9" w14:textId="38D54489" w:rsidR="00BD3E8B" w:rsidRPr="00190748" w:rsidRDefault="008B2962" w:rsidP="008B2962">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190748">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Eu, </w:t>
       </w:r>
       <w:r w:rsidRPr="0071022F">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -203,96 +194,105 @@
       <w:r w:rsidRPr="00190748">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">declaro para os devidos fins que </w:t>
       </w:r>
       <w:r w:rsidR="003C5385" w:rsidRPr="00190748">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">elaborei a revisão, normalização e formatação do </w:t>
       </w:r>
       <w:r w:rsidRPr="00190748">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">trabalho intitulado </w:t>
+        <w:t xml:space="preserve">trabalho </w:t>
       </w:r>
       <w:r w:rsidRPr="0071022F">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>"[Título do Trabalho]</w:t>
       </w:r>
       <w:r w:rsidRPr="00190748">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">", de autoria de </w:t>
       </w:r>
       <w:r w:rsidRPr="0071022F">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[Nome do Autor]</w:t>
       </w:r>
       <w:r w:rsidRPr="00190748">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, realizado </w:t>
       </w:r>
       <w:r w:rsidR="003C5385" w:rsidRPr="00190748">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">para submissão </w:t>
+        <w:t xml:space="preserve">para </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1946">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">publicação </w:t>
       </w:r>
       <w:r w:rsidRPr="00190748">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="003C5385" w:rsidRPr="00190748">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a Revista de Estudos Universitários (REU). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51989540" w14:textId="39FD71E2" w:rsidR="008B2962" w:rsidRPr="00190748" w:rsidRDefault="008B2962" w:rsidP="008B2962">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
@@ -343,88 +343,77 @@
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">normas exigidas pela </w:t>
       </w:r>
       <w:r w:rsidR="003C5385" w:rsidRPr="00190748">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>revista</w:t>
       </w:r>
       <w:r w:rsidRPr="00190748">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65A2AC50" w14:textId="77777777" w:rsidR="008B2962" w:rsidRPr="00190748" w:rsidRDefault="008B2962" w:rsidP="008B2962">
+    <w:p w14:paraId="2CB960C4" w14:textId="580200F2" w:rsidR="008B2962" w:rsidRDefault="00AF1946" w:rsidP="008B2962">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00190748">
-[...26 lines deleted...]
-        <w:t>Declaro ainda estar à disposição para quaisquer esclarecimentos adicionais.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fico </w:t>
+      </w:r>
+      <w:r w:rsidR="008B2962" w:rsidRPr="00190748">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>à disposição para quaisquer esclarecimentos adicionais.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00160AFD" w14:textId="68B04035" w:rsidR="00190748" w:rsidRDefault="00190748" w:rsidP="008B2962">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FCE2B6D" w14:textId="77777777" w:rsidR="00737C76" w:rsidRPr="00190748" w:rsidRDefault="00737C76" w:rsidP="008B2962">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EC201AA" w14:textId="6CF0EAC1" w:rsidR="008B2962" w:rsidRDefault="008B2962" w:rsidP="00737C76">
@@ -461,52 +450,50 @@
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[Data</w:t>
       </w:r>
       <w:r w:rsidR="003C5385" w:rsidRPr="00811B8D">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53C6B504" w14:textId="77777777" w:rsidR="00894F17" w:rsidRPr="00190748" w:rsidRDefault="00894F17" w:rsidP="00737C76">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="091B47A1" w14:textId="77777777" w:rsidR="008B2962" w:rsidRPr="00190748" w:rsidRDefault="008B2962" w:rsidP="00737C76">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190748">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Assinatura do revisor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7697918D" w14:textId="77777777" w:rsidR="008B2962" w:rsidRPr="00190748" w:rsidRDefault="008B2962" w:rsidP="008B2962">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
@@ -564,90 +551,90 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="5232BBC7" w14:textId="6F284BF2" w:rsidR="00931C65" w:rsidRPr="00931C65" w:rsidRDefault="00931C65" w:rsidP="00931C65">
+  <w:p w14:paraId="5232BBC7" w14:textId="6F284BF2" w:rsidR="00931C65" w:rsidRPr="000E5CDD" w:rsidRDefault="00931C65" w:rsidP="00931C65">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:spacing w:before="120"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00931C65">
+    <w:r w:rsidRPr="000E5CDD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45C2C232" wp14:editId="73CD162C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-1365885</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-32385</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7955915" cy="42545"/>
           <wp:effectExtent l="0" t="0" r="6985" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Imagem 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -671,221 +658,261 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7955915" cy="42545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00931C65">
+    <w:r w:rsidRPr="000E5CDD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Revista de Estudos Universitários (REU)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="77F67CBF" w14:textId="4879C1E4" w:rsidR="00931C65" w:rsidRPr="00931C65" w:rsidRDefault="0064752F" w:rsidP="00931C65">
+  <w:p w14:paraId="78CB8E73" w14:textId="4248BAE2" w:rsidR="00931C65" w:rsidRPr="000E5CDD" w:rsidRDefault="00931C65" w:rsidP="00931C65">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:hyperlink r:id="rId2" w:history="1">
-[...9 lines deleted...]
-    </w:hyperlink>
+    <w:r w:rsidRPr="000E5CDD">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Rodovia Raposo Tavares KM 92,5</w:t>
+    </w:r>
+    <w:r w:rsidR="000E5CDD" w:rsidRPr="000E5CDD">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> | </w:t>
+    </w:r>
+    <w:r w:rsidRPr="000E5CDD">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Sorocaba | SP | Brasil</w:t>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="3FD5BFAC" w14:textId="137B35CC" w:rsidR="00931C65" w:rsidRPr="00931C65" w:rsidRDefault="00931C65" w:rsidP="00931C65">
+  <w:p w14:paraId="1D58F8E4" w14:textId="30AA4F54" w:rsidR="000A44A0" w:rsidRPr="000E5CDD" w:rsidRDefault="000E5CDD" w:rsidP="00931C65">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00931C65">
+    <w:r w:rsidRPr="000E5CDD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Rodovia Raposo Tavares KM 92,5</w:t>
+      <w:t xml:space="preserve">E-mail: </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidRPr="000E5CDD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>reu@uniso.br</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidRPr="000E5CDD">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> | Fone: </w:t>
+    </w:r>
+    <w:r w:rsidR="000A44A0" w:rsidRPr="000E5CDD">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>(15) 2101 7018</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="78CB8E73" w14:textId="70C70007" w:rsidR="00931C65" w:rsidRDefault="00931C65" w:rsidP="00931C65">
+  <w:p w14:paraId="10B227DB" w14:textId="6D7D2BAF" w:rsidR="000E5CDD" w:rsidRPr="000E5CDD" w:rsidRDefault="000E5CDD" w:rsidP="00931C65">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00931C65">
+    <w:r w:rsidRPr="000E5CDD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Sorocaba | SP | Brasil</w:t>
+      <w:t xml:space="preserve">Site: </w:t>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-      <w:jc w:val="center"/>
+    <w:hyperlink r:id="rId3" w:history="1">
+      <w:r w:rsidRPr="000E5CDD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>https://periodicos.uniso.br/reu</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidRPr="000E5CDD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-    </w:pPr>
-[...6 lines deleted...]
-      <w:t>(15) 2101 7018</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="59830C49" w14:textId="77777777" w:rsidR="00931C65" w:rsidRDefault="00931C65">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7B230CD2" w14:textId="77777777" w:rsidR="00190748" w:rsidRDefault="00190748" w:rsidP="00190748">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="347DA1F6" w14:textId="77777777" w:rsidR="00190748" w:rsidRDefault="00190748" w:rsidP="00190748">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="33B09BDA" w14:textId="46A0267F" w:rsidR="00190748" w:rsidRDefault="00190748">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="251CD5E1" wp14:editId="23265A1F">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="251CD5E1" wp14:editId="404EA3C1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-468630</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7610475" cy="1314450"/>
+          <wp:extent cx="7610475" cy="1143000"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Imagem 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="cabeçalho REU 2024.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7610475" cy="1314450"/>
+                    <a:ext cx="7610475" cy="1143000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="000E4D28"/>
@@ -1084,111 +1111,117 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BD3E8B"/>
     <w:rsid w:val="000A0F0A"/>
     <w:rsid w:val="000A44A0"/>
+    <w:rsid w:val="000E5CDD"/>
+    <w:rsid w:val="00150843"/>
     <w:rsid w:val="00190748"/>
     <w:rsid w:val="003B47CC"/>
     <w:rsid w:val="003C5385"/>
     <w:rsid w:val="005340CF"/>
     <w:rsid w:val="00581132"/>
     <w:rsid w:val="00586CBE"/>
+    <w:rsid w:val="0063150B"/>
     <w:rsid w:val="006A6F5B"/>
     <w:rsid w:val="0071022F"/>
     <w:rsid w:val="00737C76"/>
     <w:rsid w:val="007E3D95"/>
     <w:rsid w:val="007E654B"/>
     <w:rsid w:val="00811B8D"/>
     <w:rsid w:val="00894F17"/>
     <w:rsid w:val="008B2962"/>
     <w:rsid w:val="00931C65"/>
     <w:rsid w:val="0095176B"/>
     <w:rsid w:val="00A05797"/>
     <w:rsid w:val="00A24BC9"/>
+    <w:rsid w:val="00A47024"/>
     <w:rsid w:val="00AC0B51"/>
+    <w:rsid w:val="00AF1946"/>
     <w:rsid w:val="00AF52C2"/>
     <w:rsid w:val="00BD3E8B"/>
     <w:rsid w:val="00CE2547"/>
+    <w:rsid w:val="00D04940"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3549AD74"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3BB842A5-E386-4754-860C-43BAD733B11F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -1702,51 +1735,51 @@
   <w:divs>
     <w:div w:id="1819960673">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.uniso.br/reu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.uniso.br/reu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reu@uniso.br" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -1975,69 +2008,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>127</Words>
-  <Characters>692</Characters>
+  <Words>104</Words>
+  <Characters>563</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>818</CharactersWithSpaces>
+  <CharactersWithSpaces>666</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jovino</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>