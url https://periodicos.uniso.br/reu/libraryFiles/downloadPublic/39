--- v0 (2025-12-13)
+++ v1 (2026-02-14)
@@ -1,44 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="0D60363B" w14:textId="187D2217" w:rsidR="00615546" w:rsidRPr="00462005" w:rsidRDefault="00851572" w:rsidP="00851572">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
@@ -247,136 +249,118 @@
       </w:r>
       <w:r w:rsidR="00D36C3E">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00462005">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>[Título da seção]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E6C8F50" w14:textId="3CA29BA6" w:rsidR="00EC2ED8" w:rsidRPr="00EF2CE0" w:rsidRDefault="00615546" w:rsidP="00D00030">
+    <w:p w14:paraId="0E6C8F50" w14:textId="105BD51A" w:rsidR="00EC2ED8" w:rsidRPr="00EF2CE0" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="480" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2CE0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00C45113" w:rsidRPr="0040703B">
+        <w:r w:rsidR="00804369" w:rsidRPr="006D794C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://doi.org/10.22484/2318-5694.2025v51id0000</w:t>
+          <w:t>https://doi.org/10.22484/2318-5694.2026v52id0000</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="765A6AA6" w14:textId="413C17C7" w:rsidR="00615546" w:rsidRPr="003312AD" w:rsidRDefault="00EF2CE0" w:rsidP="00D36C3E">
       <w:pPr>
         <w:pStyle w:val="TITULO"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2CE0">
         <w:rPr>
           <w:rStyle w:val="TITULOChar"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>TÍTULO</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2CE0">
         <w:t xml:space="preserve">: SUBTÍTULO (SE HOUVER) </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE38CA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">(letra maiúscula, </w:t>
       </w:r>
       <w:r w:rsidR="00CE38CA" w:rsidRPr="00CE38CA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">fonte </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> ui 12, negrito, centralizado, espaç</w:t>
+        <w:t>fonte segoe ui 12, negrito, centralizado, espaç</w:t>
       </w:r>
       <w:r w:rsidR="00194642">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>amento</w:t>
       </w:r>
       <w:r w:rsidR="00CE38CA" w:rsidRPr="00CE38CA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18 depois</w:t>
       </w:r>
       <w:r w:rsidR="00CE38CA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>. U</w:t>
       </w:r>
@@ -577,50 +561,52 @@
           <w:b/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidR="00431BA0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00431BA0" w:rsidRPr="0067386B">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NÃO IDENTIFICAR AUTORIA</w:t>
       </w:r>
       <w:r w:rsidR="00431BA0">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="3AD9D66A" w14:textId="77777777" w:rsidR="00534D79" w:rsidRDefault="00534D79" w:rsidP="00534D79">
       <w:pPr>
         <w:pStyle w:val="AUTOR"/>
         <w:spacing w:afterLines="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Orcid: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="000B264D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0000-0000</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B416C26" w14:textId="3484FD08" w:rsidR="00534D79" w:rsidRDefault="00534D79" w:rsidP="00534D79">
       <w:pPr>
         <w:pStyle w:val="AUTOR"/>
         <w:spacing w:afterLines="0" w:after="0"/>
@@ -808,168 +794,166 @@
     <w:p w14:paraId="28431F7E" w14:textId="577B4644" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:pStyle w:val="RESUMO"/>
         <w:spacing w:afterLines="100" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Abstract</w:t>
       </w:r>
       <w:r w:rsidRPr="005B2858">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk135072291"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk135072291"/>
       <w:r w:rsidRPr="00F351CC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Versão do resumo em inglês, seguindo orientações do resumo em português. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="321BF253" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:pStyle w:val="PALAVRAS-CHAVE"/>
         <w:spacing w:after="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk135074359"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk135074359"/>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:r w:rsidRPr="005B2858">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C431F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F351CC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>até 3; apresentadas em letras minúsculas; com exceção dos Nomes Próprios; Nomes Científicos; Siglas; separadas entre si por ponto e vírgula; finalizadas por ponto final.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="752C33EA" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:pStyle w:val="RESUMO"/>
         <w:spacing w:afterLines="100" w:after="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Int_EULs9HPM"/>
+      <w:bookmarkStart w:id="3" w:name="_Int_EULs9HPM"/>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="005B2858">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C431F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk135072304"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk135072304"/>
       <w:r w:rsidRPr="00F351CC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Versão do resumo em espanhol, seguindo as orientações do resumo em português.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="3BD08913" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00F351CC" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:pStyle w:val="PALAVRAS-CHAVE"/>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00462005">
         <w:t>Palabras clave</w:t>
       </w:r>
       <w:r w:rsidRPr="005B2858">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00462005">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk135074383"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk135074383"/>
       <w:r w:rsidRPr="00F351CC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>até 3; apresentadas em letras minúsculas; com exceção dos Nomes Próprios; Nomes Científicos; Siglas; separadas entre si por ponto e vírgula; finalizadas por ponto final.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="4A277B7D" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00F351CC">
       <w:pPr>
         <w:pStyle w:val="PALAVRAS-CHAVE"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="67B93F3A" w14:textId="441BABD0" w:rsidR="00615546" w:rsidRDefault="00F351CC" w:rsidP="006E619C">
       <w:pPr>
         <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk135073039"/>
       <w:r w:rsidRPr="00A22F28">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>1 ESTRUTURA DO TEXTO</w:t>
       </w:r>
       <w:r w:rsidRPr="008949A0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -1544,115 +1528,133 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">As siglas devem ser indicadas entre parênteses, precedidas do nome completo, quando mencionadas pela primeira vez no texto. Posteriormente, no decorrer do texto, deve-se padronizar o uso, utilizando apenas a sigla.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72FE515E" w14:textId="77777777" w:rsidR="00A71583" w:rsidRPr="00A71583" w:rsidRDefault="00A71583" w:rsidP="00BD67A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71583">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Exemplo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5822913B" w14:textId="69F58DEA" w:rsidR="00A71583" w:rsidRPr="00707994" w:rsidRDefault="00A71583" w:rsidP="00BD67A2">
+    <w:p w14:paraId="5822913B" w14:textId="7DF96888" w:rsidR="00D47ADC" w:rsidRDefault="00A71583" w:rsidP="00BD67A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A71583">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A normalização do artigo deve seguir as normas de publicação da Associação Brasileira de Normas Técnicas (ABNT). A revista indica o e-book </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00A71583">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Normalização de Trabalhos Acadêmicos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A71583">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A71583">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> elaborado a partir das normas da ABNT, como opção de orientação para a aplicação das normas. </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="642C3033" w14:textId="77777777" w:rsidR="00D47ADC" w:rsidRDefault="00D47ADC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="63A67B80" w14:textId="4C0816C1" w:rsidR="005C665D" w:rsidRPr="00C13768" w:rsidRDefault="005C665D" w:rsidP="006B453A">
       <w:pPr>
         <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk135072734"/>
       <w:r w:rsidRPr="00A22F28">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2 CITAÇÕES</w:t>
       </w:r>
       <w:r w:rsidRPr="00C431F2">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="006B453A" w:rsidRPr="00F351CC">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="006B453A">
         <w:rPr>
@@ -1711,51 +1713,50 @@
       </w:r>
       <w:r w:rsidR="006B453A">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, alinhado à esquerda, com numeração</w:t>
       </w:r>
       <w:r w:rsidR="006B453A" w:rsidRPr="00F351CC">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F174735" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="00F86512">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="003467E2">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">As citações diretas </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">e indiretas devem </w:t>
       </w:r>
       <w:r w:rsidRPr="003467E2">
         <w:t>ser inseridas no texto padronizada conforme normas ABNT NBR 10520</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B138FB9" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="00F86512">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="003467E2">
         <w:t xml:space="preserve">Optar por um dos exemplos e padronizar no texto todo: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="187D9363" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="002778E0">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
@@ -2155,100 +2156,100 @@
         </w:rPr>
         <w:t>b) digitadas em tamanho 12, com espaço simples entre as linhas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B211E6F" w14:textId="430D2F39" w:rsidR="00472FA7" w:rsidRDefault="00472FA7" w:rsidP="00472FA7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>c) um espaço 1,5 entre as linhas, antes e depois das falas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BD98089" w14:textId="4ADEB2EA" w:rsidR="00472FA7" w:rsidRPr="00472FA7" w:rsidRDefault="00472FA7" w:rsidP="00472FA7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>d) devem aparecer entre aspas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D41D83F" w14:textId="77777777" w:rsidR="00913BD9" w:rsidRPr="004F33F0" w:rsidRDefault="00913BD9" w:rsidP="00913BD9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F33F0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>EXEMPLO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C600689" w14:textId="276E203A" w:rsidR="00913BD9" w:rsidRPr="00913BD9" w:rsidRDefault="00913BD9" w:rsidP="00BD67A2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F33F0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>“A família é um núcleo de convivência</w:t>
@@ -2926,79 +2927,82 @@
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>seguida de seu número de ordem de ocorrência no texto, em algarismos arábicos, de travessão e do</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>respectivo título.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1103E8F9" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="007A2F06">
         <w:t>Imediatamente após a ilustração, deve ser indicada a fonte consultada, conforme a ABNT NBR 10520,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
-        <w:t>legenda, notas e, se houver, outras informações necessárias à sua compreensão. A ilustração produzida</w:t>
+        <w:t xml:space="preserve">legenda, notas e, se houver, outras informações </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A2F06">
+        <w:lastRenderedPageBreak/>
+        <w:t>necessárias à sua compreensão. A ilustração produzida</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>pelo autor, para o trabalho apresentado, deve conter na fonte esta informação: elaborado pelo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2F06">
         <w:t>próprio autor ou elaboração própria ou o próprio autor, entre outros.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="077A1D3A" w14:textId="39EA8F6B" w:rsidR="005609DA" w:rsidRDefault="002A43F0" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2F06">
-        <w:lastRenderedPageBreak/>
         <w:t>A ilustração deve ser citada no texto e inserida o mais próximo possível do trecho a que se refere</w:t>
       </w:r>
       <w:r w:rsidRPr="00864320">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="480EA546" w14:textId="0976F5E2" w:rsidR="005609DA" w:rsidRPr="00A22F28" w:rsidRDefault="005609DA" w:rsidP="00A22F28">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00A22F28">
         <w:t>3.1 Figuras</w:t>
       </w:r>
       <w:r w:rsidR="007C61E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D7D43" w:rsidRPr="006F7786">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
@@ -3428,51 +3432,50 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="39FB2B0B" w14:textId="1433C148" w:rsidR="005609DA" w:rsidRPr="000E082A" w:rsidRDefault="005609DA" w:rsidP="005609DA">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc417547828"/>
       <w:r w:rsidRPr="000E082A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="000E082A" w:rsidRPr="000E082A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="000E082A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quadros</w:t>
       </w:r>
       <w:r w:rsidR="007C61E8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A1E63" w:rsidRPr="006F7786">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
@@ -4271,51 +4274,50 @@
         <w:t>Da mesma forma que as ilustrações, as tabelas devem ser identificadas com título, numeração sequencial e conter a fonte consultada. Devem também ser citadas e inseridas o mais próximo do texto a que se referem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FE4AFF5" w14:textId="4CB54EF7" w:rsidR="00615546" w:rsidRDefault="00615546" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00312FA9">
         <w:t>Se o trabalho possui mais de uma tabela, estas devem ser numeradas sequencialmente, na ordem em que aparecem no texto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A3451A" w14:textId="77777777" w:rsidR="007936FA" w:rsidRDefault="007936FA" w:rsidP="00312FA9">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41DA8F92" w14:textId="5DDCAEEA" w:rsidR="007936FA" w:rsidRDefault="007936FA" w:rsidP="00F7750C">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007936FA">
-        <w:lastRenderedPageBreak/>
         <w:t>3.3.1 Exemplo de t</w:t>
       </w:r>
       <w:r w:rsidRPr="007936FA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">abela </w:t>
       </w:r>
       <w:r w:rsidR="002116C0" w:rsidRPr="002116C0">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="005A235A" w:rsidRPr="005A235A">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">seção </w:t>
       </w:r>
       <w:r w:rsidR="005A235A">
         <w:rPr>
           <w:bCs/>
@@ -4667,51 +4669,50 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00A23953">
         <w:t>os diversos assuntos que não possuam título próprio, dentro de uma mesma seção, devem ser subdivididos em alíneas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ADB1CF6" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00A23953" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00A23953">
         <w:t>o texto que antecede as alíneas termina em dois pontos;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F31376" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00A23953" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00A23953">
-        <w:lastRenderedPageBreak/>
         <w:t>as alíneas devem ser indicadas alfabeticamente, em letra minúscula, seguida de parêntese. Utilizam-se letras dobradas, quando esgotadas as letras do alfabeto;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="023E66B8" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00A23953" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00A23953">
         <w:t>as letras indicativas das alíneas devem apresentar recuo em relação à margem esquerda;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF753F2" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00A23953" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00A23953">
         <w:t>o texto da alínea deve começar por letra minúscula e terminar em ponto-e-vírgula, exceto a última alínea que termina em ponto final;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="615C401C" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00A23953" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:spacing w:before="240" w:after="240"/>
@@ -4776,59 +4777,51 @@
     <w:p w14:paraId="2E83CE65" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00FF08C6" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF08C6">
         <w:t>Utilizar as notas de rodapé</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF08C6">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="00FF08C6">
         <w:t xml:space="preserve"> para abordar pontos que não devem ser incluídos no texto, como: comentários; esclarecimentos (notas explicativas) e traduções. Não devem ser usadas para indicar citação ou referência.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1191D6BB" w14:textId="77777777" w:rsidR="00D40537" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF08C6">
         <w:t>Sempre que for necessário utilizar notas de rodapé, a chamada às notas no texto é feita por números arábicos acima do texto (sobrescrito). A numeração deve ser única em todo o trabalho e em ordem crescente</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, justificada à esquerda, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> UI, </w:t>
+        <w:t xml:space="preserve">, justificada à esquerda, segoe UI, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>tamnho</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 10, espaço simples. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A06B89" w14:textId="4CBFD513" w:rsidR="00D40537" w:rsidRPr="00C147E8" w:rsidRDefault="00C147E8" w:rsidP="002B5BCC">
       <w:pPr>
         <w:pStyle w:val="SUBTITULO"/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B01B77">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
           <w:b/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
@@ -4864,51 +4857,51 @@
       </w:r>
       <w:r w:rsidR="001D172E" w:rsidRPr="006B453A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>espaçamento antes 18 e depois 12, espaçamento entre linhas simples, alinhado à esquerda, com numeração)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C450464" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00C74428" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00C74428">
         <w:t xml:space="preserve">As siglas devem ser indicadas entre parênteses, precedidas do nome completo, quando mencionadas pela primeira vez no texto. Posteriormente, no decorrer do texto, deve-se padronizar o uso, utilizando apenas a sigla.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EC65FAC" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00C74428" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00C74428">
         <w:t>Exemplo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B512054" w14:textId="77777777" w:rsidR="00D40537" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
+    <w:p w14:paraId="0B512054" w14:textId="0606A309" w:rsidR="00D40537" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
       </w:pPr>
       <w:r w:rsidRPr="00C74428">
         <w:t>A normalização d</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">as citações e referências devem </w:t>
       </w:r>
       <w:r w:rsidRPr="00C74428">
         <w:t xml:space="preserve">seguir as normas de publicação da Associação Brasileira de Normas Técnicas (ABNT). A revista indica o e-book </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="000341DB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Verdana"/>
             <w:color w:val="C49A00" w:themeColor="accent1" w:themeShade="BF"/>
           </w:rPr>
           <w:t>Normalização de Trabalhos Acadêmicos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000341DB">
         <w:t>,</w:t>
       </w:r>
@@ -5012,51 +5005,50 @@
         <w:t>, c</w:t>
       </w:r>
       <w:r w:rsidR="00584191" w:rsidRPr="00584191">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>entralizado)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="6D1E5563" w14:textId="391CCB36" w:rsidR="00C147E8" w:rsidRDefault="00C147E8" w:rsidP="004E4DFB">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="202122"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Lista única</w:t>
       </w:r>
       <w:r w:rsidR="006F47C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>, em ordem alfabética</w:t>
       </w:r>
       <w:r w:rsidR="009535A9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>. A</w:t>
       </w:r>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>presenta</w:t>
       </w:r>
       <w:r w:rsidR="009535A9">
         <w:rPr>
@@ -5671,51 +5663,50 @@
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> de biofármacos a terapia gênica. São Paulo: Roca, 2007. p. 122-137.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="064FCB97" w14:textId="10539E95" w:rsidR="00615546" w:rsidRPr="00522B54" w:rsidRDefault="00615546" w:rsidP="00615546">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Dissertação ou Tese</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E4204CC" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00522B54" w:rsidRDefault="00615546" w:rsidP="00B17B8B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:afterLines="100" w:after="240"/>
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">STRIEDER, C. C. </w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
@@ -6263,421 +6254,534 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C147E8">
         <w:rPr>
           <w:rStyle w:val="markedcontent"/>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="45D171A8" w14:textId="77777777" w:rsidR="00C147E8" w:rsidRPr="00276CC8" w:rsidRDefault="00C147E8" w:rsidP="00C147E8">
       <w:pPr>
         <w:pStyle w:val="SUBTITULO"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Hlk135073560"/>
       <w:r w:rsidRPr="005B2858">
         <w:rPr>
           <w:rStyle w:val="TtuloPsTextoChar"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>AGRADECIMENTOS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(seção; letra maiúscula; espaçamento entrelinhas simples; centralizado)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B808B1" w14:textId="13683305" w:rsidR="00615546" w:rsidRPr="00C147E8" w:rsidRDefault="00AF5AEF" w:rsidP="00615546">
+    <w:bookmarkEnd w:id="21"/>
+    <w:p w14:paraId="5D29F94F" w14:textId="77777777" w:rsidR="00D47ADC" w:rsidRPr="00D47ADC" w:rsidRDefault="00D47ADC" w:rsidP="00D47ADC">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CONTRIBUIÇÕES </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOS(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AS) AUTORES(AS) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specificar a contribuição de cada autor). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E4E26AA" w14:textId="77777777" w:rsidR="00D47ADC" w:rsidRPr="00D47ADC" w:rsidRDefault="00D47ADC" w:rsidP="00D47ADC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Autor(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) 1 – </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="072E25DF" w14:textId="77777777" w:rsidR="00D47ADC" w:rsidRPr="00D47ADC" w:rsidRDefault="00D47ADC" w:rsidP="00D47ADC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Autor(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) 2 – </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="106F94E3" w14:textId="77777777" w:rsidR="00D47ADC" w:rsidRPr="00D47ADC" w:rsidRDefault="00D47ADC" w:rsidP="00D47ADC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23AF76C6" w14:textId="77777777" w:rsidR="00D47ADC" w:rsidRPr="00D47ADC" w:rsidRDefault="00D47ADC" w:rsidP="00D47ADC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DECLARAÇÃO DE CONFLITO DE INTERESSE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D6C4726" w14:textId="77777777" w:rsidR="00D47ADC" w:rsidRPr="00D47ADC" w:rsidRDefault="00D47ADC" w:rsidP="00D47ADC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Os autores declaram que não há conflito de interesse com o artigo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[inserir título do artigo]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF23FA4" w14:textId="77777777" w:rsidR="00D47ADC" w:rsidRPr="00D47ADC" w:rsidRDefault="00D47ADC" w:rsidP="00D47ADC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31805151" w14:textId="77777777" w:rsidR="00D47ADC" w:rsidRPr="00D47ADC" w:rsidRDefault="00D47ADC" w:rsidP="00D47ADC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DISPONIBILIDADE DE DADOS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Informe uma das opões</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22BC68FE" w14:textId="77777777" w:rsidR="00D47ADC" w:rsidRPr="00D47ADC" w:rsidRDefault="00D47ADC" w:rsidP="00D47ADC">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) Os conteúdos subjacentes ao texto da pesquisa estão disponíveis no artigo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3114A693" w14:textId="77777777" w:rsidR="00D47ADC" w:rsidRPr="00D47ADC" w:rsidRDefault="00D47ADC" w:rsidP="00D47ADC">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) Os conjuntos de dados gerados e/ou analisados durante a pesquisa estão disponíveis em: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>inserir endereço URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00472821" w14:textId="77777777" w:rsidR="00D47ADC" w:rsidRPr="00D47ADC" w:rsidRDefault="00D47ADC" w:rsidP="00D47ADC">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) Os dados que embasam este estudo podem ser solicitados ao(à) autor(a), mediante justificativa, em razão de restrições de caráter ético, de segurança e/ou financeiras.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5977488B" w14:textId="77777777" w:rsidR="00D47ADC" w:rsidRDefault="00D47ADC" w:rsidP="00D47ADC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24BA1EF2" w14:textId="73548F66" w:rsidR="00D47ADC" w:rsidRPr="00D47ADC" w:rsidRDefault="00D47ADC" w:rsidP="00D47ADC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Revisado por:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1341E2F0" w14:textId="77777777" w:rsidR="00D47ADC" w:rsidRPr="00D47ADC" w:rsidRDefault="00D47ADC" w:rsidP="00D47ADC">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>E-mail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: contato@</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dorevisor(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D47ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09665C2D" w14:textId="77777777" w:rsidR="00207848" w:rsidRDefault="00207848" w:rsidP="00D47ADC">
       <w:pPr>
         <w:pStyle w:val="CONTRIBUIO"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C147E8">
-[...347 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId29"/>
+    </w:p>
+    <w:sectPr w:rsidR="00207848" w:rsidSect="009C30EA">
+      <w:headerReference w:type="even" r:id="rId26"/>
+      <w:headerReference w:type="default" r:id="rId27"/>
+      <w:footerReference w:type="even" r:id="rId28"/>
+      <w:footerReference w:type="default" r:id="rId29"/>
+      <w:headerReference w:type="first" r:id="rId30"/>
+      <w:footerReference w:type="first" r:id="rId31"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="652" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="16C0735E" w14:textId="77777777" w:rsidR="00C91C2D" w:rsidRDefault="00C91C2D" w:rsidP="00615546">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="30F2CB0B" w14:textId="77777777" w:rsidR="00C91C2D" w:rsidRDefault="00C91C2D" w:rsidP="00615546">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       </w:pPr>
@@ -6764,58 +6868,67 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Quattrocento Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000BF" w:usb1="4000005B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="638EF48B" w14:textId="7B614C5B" w:rsidR="00956262" w:rsidRPr="001D6FBD" w:rsidRDefault="00B17B8B" w:rsidP="003E2EC5">
+  <w:p w14:paraId="4C4EF8EF" w14:textId="77777777" w:rsidR="00800AC6" w:rsidRDefault="00800AC6">
+    <w:pPr>
+      <w:pStyle w:val="Rodap"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="638EF48B" w14:textId="79D1A51D" w:rsidR="00956262" w:rsidRPr="001D6FBD" w:rsidRDefault="00B17B8B" w:rsidP="003E742E">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8504"/>
       </w:tabs>
-      <w:spacing w:before="120"/>
-      <w:ind w:right="-1"/>
+      <w:spacing w:before="80"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B17B8B">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F75ABB4" wp14:editId="44135235">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-113665</wp:posOffset>
@@ -6840,107 +6953,187 @@
                       <a:noFill/>
                       <a:ln w="44450" cap="flat" cmpd="sng" algn="ctr">
                         <a:solidFill>
                           <a:srgbClr val="FFC000"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                         <a:miter lim="800000"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="2FC68DE2" id="Conector reto 2" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-8.95pt" to="632.25pt,-8.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcgoCdzwEAAH0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfabJRA7tR0z20KhcE&#10;lWC5Tx07seQvjU3T/nvGTqkWuCFysDzj8fO8Ny+b54s17Cwxau96/rCqOZNO+EG7secv3w7vHjmL&#10;CdwAxjvZ86uM/Hn79s1mDp1s/OTNIJERiIvdHHo+pRS6qopikhbiygfp6FB5tJAoxLEaEGZCt6Zq&#10;6vp9NXscAnohY6Tsfjnk24KvlBTpi1JRJmZ6Tr2lsmJZT3mtthvoRoQwaXFrA/6hCwva0aN3qD0k&#10;YD9Q/wVltUAfvUor4W3lldJCFg7E5qH+g83XCYIsXEicGO4yxf8HKz6fj8j00POGMweWRrSjQYnk&#10;kaFMnjVZojnEjip37oi3KIYjZr4XhZYpo8N3mn5RgDixSxH4ehdYXhITlHysm6f2Q8uZoLOntmkz&#10;eLWgZLSAMX2U3rK86bnRLtOHDs6fYlpKf5XktPMHbQzloTOOzT1fr9ctTVkAOUkZSLS1gbhFN3IG&#10;ZiSLioQFMnqjh3w93444nnYG2RnIJofDrq6LM6iz38ry23uI01JXjhYDWZ3IxUbbTDF/N17GZXRZ&#10;fHhjkKVcxMu7kx+uRdMqRzTjIsfNj9lEr2Pav/5rtj8BAAD//wMAUEsDBBQABgAIAAAAIQBrytRV&#10;4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWiclBAhxqqoSoEq9EKAS&#10;Nzde4oh4HWInDX9f5wTH2VnNvMnXk2nZiL1rLAmIlxEwpMqqhmoB729Pi3tgzktSsrWEAn7Rwbq4&#10;vMhlpuyJXnEsfc1CCLlMCtDedxnnrtJopFvaDil4X7Y30gfZ11z18hTCTctXUZRyIxsKDVp2uNVY&#10;fZeDEfCyGePhc6/L5/0h+dl9bNXN7uCFuL6aNo/APE7+7xlm/IAORWA62oGUY62AMMQLWMR3D8Bm&#10;e5Umt8CO8ylNgBc5/7+gOAMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAcgoCdzwEAAH0D&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBrytRV4AAA&#10;AAkBAAAPAAAAAAAAAAAAAAAAACkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" strokecolor="#ffc000" strokeweight="3.5pt">
+            <v:line w14:anchorId="1A622246" id="Conector reto 2" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-8.95pt" to="632.25pt,-8.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcgoCdzwEAAH0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfabJRA7tR0z20KhcE&#10;lWC5Tx07seQvjU3T/nvGTqkWuCFysDzj8fO8Ny+b54s17Cwxau96/rCqOZNO+EG7secv3w7vHjmL&#10;CdwAxjvZ86uM/Hn79s1mDp1s/OTNIJERiIvdHHo+pRS6qopikhbiygfp6FB5tJAoxLEaEGZCt6Zq&#10;6vp9NXscAnohY6Tsfjnk24KvlBTpi1JRJmZ6Tr2lsmJZT3mtthvoRoQwaXFrA/6hCwva0aN3qD0k&#10;YD9Q/wVltUAfvUor4W3lldJCFg7E5qH+g83XCYIsXEicGO4yxf8HKz6fj8j00POGMweWRrSjQYnk&#10;kaFMnjVZojnEjip37oi3KIYjZr4XhZYpo8N3mn5RgDixSxH4ehdYXhITlHysm6f2Q8uZoLOntmkz&#10;eLWgZLSAMX2U3rK86bnRLtOHDs6fYlpKf5XktPMHbQzloTOOzT1fr9ctTVkAOUkZSLS1gbhFN3IG&#10;ZiSLioQFMnqjh3w93444nnYG2RnIJofDrq6LM6iz38ry23uI01JXjhYDWZ3IxUbbTDF/N17GZXRZ&#10;fHhjkKVcxMu7kx+uRdMqRzTjIsfNj9lEr2Pav/5rtj8BAAD//wMAUEsDBBQABgAIAAAAIQBrytRV&#10;4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWiclBAhxqqoSoEq9EKAS&#10;Nzde4oh4HWInDX9f5wTH2VnNvMnXk2nZiL1rLAmIlxEwpMqqhmoB729Pi3tgzktSsrWEAn7Rwbq4&#10;vMhlpuyJXnEsfc1CCLlMCtDedxnnrtJopFvaDil4X7Y30gfZ11z18hTCTctXUZRyIxsKDVp2uNVY&#10;fZeDEfCyGePhc6/L5/0h+dl9bNXN7uCFuL6aNo/APE7+7xlm/IAORWA62oGUY62AMMQLWMR3D8Bm&#10;e5Umt8CO8ylNgBc5/7+gOAMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAcgoCdzwEAAH0D&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBrytRV4AAA&#10;AAkBAAAPAAAAAAAAAAAAAAAAACkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" strokecolor="#ffc000" strokeweight="3.5pt">
               <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00C45113" w:rsidRPr="00C45113">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="002060"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t>Revista de Estudos Universitários (REU)</w:t>
+    </w:r>
+    <w:r w:rsidR="00304EB8">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r w:rsidR="00C45113" w:rsidRPr="00C45113">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="002060"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t>Revista de Estudos Universitários (REU) | Sorocaba, SP | v. 51 | e025</w:t>
+      <w:t>Sorocaba, v. 5</w:t>
+    </w:r>
+    <w:r w:rsidR="00304EB8">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">2, </w:t>
+    </w:r>
+    <w:r w:rsidR="00C45113" w:rsidRPr="00C45113">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t>e02</w:t>
+    </w:r>
+    <w:r w:rsidR="00304EB8">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00C45113" w:rsidRPr="00C45113">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>000</w:t>
     </w:r>
+    <w:r w:rsidR="00304EB8">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="FF0000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
     <w:r w:rsidR="00C45113" w:rsidRPr="00C45113">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="002060"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t xml:space="preserve"> | 2025</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="00800AC6">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00C45113">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="002060"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                 </w:t>
+      <w:t xml:space="preserve">                        </w:t>
+    </w:r>
+    <w:r w:rsidR="00304EB8">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">          </w:t>
+    </w:r>
+    <w:r w:rsidR="00C45113">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">         </w:t>
     </w:r>
     <w:r w:rsidR="00C45113" w:rsidRPr="00C45113">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="002060"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>|</w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:id w:val="1142626903"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
@@ -6960,76 +7153,76 @@
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00804369">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:noProof/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="439512D5" w14:textId="03A9DF20" w:rsidR="007C58B8" w:rsidRDefault="00B17B8B" w:rsidP="00233363">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4986"/>
         <w:tab w:val="right" w:pos="9972"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B17B8B">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -7066,51 +7259,51 @@
                       <a:noFill/>
                       <a:ln w="44450" cap="flat" cmpd="sng" algn="ctr">
                         <a:solidFill>
                           <a:srgbClr val="FFC000"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                         <a:miter lim="800000"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="3C7AE55D" id="Conector reto 9" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-20.7pt,.75pt" to="611.55pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATFmjr0AEAAH0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPtf7B83yZbNbCNmu6hVbkg&#10;qATLferYiSV/aWya9t8zdkq1wA2Rg+UZj5/nvXnZvFysYWeJUXvX8adFzZl0wvfaDR1//XZ4fOYs&#10;JnA9GO9kx68y8pftw7vNFFq59KM3vURGIC62U+j4mFJoqyqKUVqICx+ko0Pl0UKiEIeqR5gI3Zpq&#10;Wdfvq8ljH9ALGSNl9/Mh3xZ8paRIX5SKMjHTceotlRXLesprtd1AOyCEUYtbG/APXVjQjh69Q+0h&#10;AfuB+i8oqwX66FVaCG8rr5QWsnAgNk/1H2y+jhBk4ULixHCXKf4/WPH5fESm+46vOXNgaUQ7GpRI&#10;HhnK5Nk6SzSF2FLlzh3xFsVwxMz3otAyZXT4TtMvChAndikCX+8Cy0tigpLP9XLdfGg4E3S2bpZN&#10;Bq9mlIwWMKaP0luWNx032mX60ML5U0xz6a+SnHb+oI2hPLTGsanjq9WqoSkLICcpA4m2NhC36AbO&#10;wAxkUZGwQEZvdJ+v59sRh9POIDsD2eRw2NV1cQZ19ltZfnsPcZzrytFsIKsTudhomynm78bLuIwu&#10;iw9vDLKUs3h5d/L9tWha5YhmXOS4+TGb6G1M+7d/zfYnAAAA//8DAFBLAwQUAAYACAAAACEA11lr&#10;Ed8AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7FrnBapCnKqqBKhSNwSo&#10;1J0bD3FEPA6xk4a/x12V5ehc3XumWM+mYxMOrrUkIF5GwJBqq1pqBHy8Py9WwJyXpGRnCQX8ooN1&#10;eXtTyFzZM73hVPmGhRJyuRSgve9zzl2t0Ui3tD1SYF92MNKHc2i4GuQ5lJuOJ1H0yI1sKSxo2eNW&#10;Y/1djUbA62aKx+NeVy/7Q/az+9yqdHfwQtzfzZsnYB5nfw3DRT+oQxmcTnYk5VgnYJHFWYgG8ADs&#10;wpMkjYGdBKQR8LLg/x8o/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQATFmjr0AEAAH0D&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDXWWsR3wAA&#10;AAgBAAAPAAAAAAAAAAAAAAAAACoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" strokecolor="#ffc000" strokeweight="3.5pt">
+            <v:line w14:anchorId="07CE68FE" id="Conector reto 9" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-20.7pt,.75pt" to="611.55pt,1.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATFmjr0AEAAH0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPtf7B83yZbNbCNmu6hVbkg&#10;qATLferYiSV/aWya9t8zdkq1wA2Rg+UZj5/nvXnZvFysYWeJUXvX8adFzZl0wvfaDR1//XZ4fOYs&#10;JnA9GO9kx68y8pftw7vNFFq59KM3vURGIC62U+j4mFJoqyqKUVqICx+ko0Pl0UKiEIeqR5gI3Zpq&#10;Wdfvq8ljH9ALGSNl9/Mh3xZ8paRIX5SKMjHTceotlRXLesprtd1AOyCEUYtbG/APXVjQjh69Q+0h&#10;AfuB+i8oqwX66FVaCG8rr5QWsnAgNk/1H2y+jhBk4ULixHCXKf4/WPH5fESm+46vOXNgaUQ7GpRI&#10;HhnK5Nk6SzSF2FLlzh3xFsVwxMz3otAyZXT4TtMvChAndikCX+8Cy0tigpLP9XLdfGg4E3S2bpZN&#10;Bq9mlIwWMKaP0luWNx032mX60ML5U0xz6a+SnHb+oI2hPLTGsanjq9WqoSkLICcpA4m2NhC36AbO&#10;wAxkUZGwQEZvdJ+v59sRh9POIDsD2eRw2NV1cQZ19ltZfnsPcZzrytFsIKsTudhomynm78bLuIwu&#10;iw9vDLKUs3h5d/L9tWha5YhmXOS4+TGb6G1M+7d/zfYnAAAA//8DAFBLAwQUAAYACAAAACEA11lr&#10;Ed8AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7FrnBapCnKqqBKhSNwSo&#10;1J0bD3FEPA6xk4a/x12V5ehc3XumWM+mYxMOrrUkIF5GwJBqq1pqBHy8Py9WwJyXpGRnCQX8ooN1&#10;eXtTyFzZM73hVPmGhRJyuRSgve9zzl2t0Ui3tD1SYF92MNKHc2i4GuQ5lJuOJ1H0yI1sKSxo2eNW&#10;Y/1djUbA62aKx+NeVy/7Q/az+9yqdHfwQtzfzZsnYB5nfw3DRT+oQxmcTnYk5VgnYJHFWYgG8ADs&#10;wpMkjYGdBKQR8LLg/x8o/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQATFmjr0AEAAH0D&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDXWWsR3wAA&#10;AAgBAAAPAAAAAAAAAAAAAAAAACoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" strokecolor="#ffc000" strokeweight="3.5pt">
               <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="007C58B8" w:rsidRPr="00F046F4">
       <w:t>Recebido em: | Aprovado em: | Revisado em</w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="007C58B8" w:rsidRPr="00F046F4">
       <w:t>:</w:t>
     </w:r>
     <w:r w:rsidRPr="00B17B8B">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
@@ -7471,79 +7664,89 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="202122"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Segoe UI, corpo </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB1F99">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="202122"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10, justificada, alinhadas a partir da segunda linha da mesma nota, abaixo da primeira letra da primeira palavra.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="18E3850A" w14:textId="77777777" w:rsidR="00800AC6" w:rsidRDefault="00800AC6">
+    <w:pPr>
+      <w:pStyle w:val="Cabealho"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="6C7A8EF2" w14:textId="3CE349CB" w:rsidR="00956262" w:rsidRPr="00982D5E" w:rsidRDefault="004323B4" w:rsidP="002A43F0">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="4050"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5EF81BE4" wp14:editId="7A5779BA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5EF81BE4" wp14:editId="332834EE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
-            <wp:posOffset>-38100</wp:posOffset>
+            <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-414020</wp:posOffset>
+            <wp:posOffset>-356870</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7591425" cy="1009650"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="8" name="Imagem 8"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Cabeçalho REU.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
@@ -7560,51 +7763,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00B40C6E" w:rsidRPr="00982D5E">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="3CD56201" w14:textId="15E5F1D5" w:rsidR="00956262" w:rsidRPr="00982D5E" w:rsidRDefault="004323B4" w:rsidP="00233363">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="2625"/>
         <w:tab w:val="left" w:pos="2655"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27A09337" wp14:editId="43735F3E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
@@ -8065,215 +8268,226 @@
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D27828"/>
     <w:rsid w:val="00031334"/>
     <w:rsid w:val="000D399A"/>
     <w:rsid w:val="000E082A"/>
     <w:rsid w:val="000E2267"/>
     <w:rsid w:val="000E5BFA"/>
     <w:rsid w:val="00113A4B"/>
     <w:rsid w:val="00122F2F"/>
     <w:rsid w:val="001234AB"/>
+    <w:rsid w:val="00133E8D"/>
     <w:rsid w:val="00194642"/>
     <w:rsid w:val="001958C9"/>
     <w:rsid w:val="00197923"/>
     <w:rsid w:val="001A5D60"/>
     <w:rsid w:val="001C435A"/>
     <w:rsid w:val="001D172E"/>
     <w:rsid w:val="001D6FBD"/>
     <w:rsid w:val="00207848"/>
     <w:rsid w:val="002116C0"/>
     <w:rsid w:val="00224430"/>
     <w:rsid w:val="00230503"/>
     <w:rsid w:val="00233363"/>
     <w:rsid w:val="00241064"/>
     <w:rsid w:val="00241C71"/>
     <w:rsid w:val="002452F8"/>
     <w:rsid w:val="0024662C"/>
     <w:rsid w:val="0027324C"/>
     <w:rsid w:val="002778E0"/>
     <w:rsid w:val="0028134C"/>
+    <w:rsid w:val="002A02EC"/>
     <w:rsid w:val="002A1E63"/>
     <w:rsid w:val="002A43F0"/>
     <w:rsid w:val="002B5BCC"/>
     <w:rsid w:val="002C37EF"/>
     <w:rsid w:val="002D7AF7"/>
     <w:rsid w:val="002E3D74"/>
+    <w:rsid w:val="00304EB8"/>
     <w:rsid w:val="00312FA9"/>
     <w:rsid w:val="003312AD"/>
     <w:rsid w:val="0033711B"/>
     <w:rsid w:val="003654A0"/>
+    <w:rsid w:val="003771E3"/>
     <w:rsid w:val="003843D0"/>
     <w:rsid w:val="003C03BB"/>
     <w:rsid w:val="003C1AD8"/>
     <w:rsid w:val="003E2EC5"/>
     <w:rsid w:val="003E4B84"/>
+    <w:rsid w:val="003E742E"/>
     <w:rsid w:val="00400DCB"/>
     <w:rsid w:val="00422D07"/>
     <w:rsid w:val="00431BA0"/>
     <w:rsid w:val="004323B4"/>
     <w:rsid w:val="0043460F"/>
     <w:rsid w:val="00455733"/>
     <w:rsid w:val="00462005"/>
     <w:rsid w:val="0047232B"/>
     <w:rsid w:val="00472FA7"/>
     <w:rsid w:val="004773E2"/>
     <w:rsid w:val="00482960"/>
     <w:rsid w:val="004C3BC1"/>
     <w:rsid w:val="004D120E"/>
     <w:rsid w:val="004D60D0"/>
     <w:rsid w:val="004D7D43"/>
     <w:rsid w:val="004E4DFB"/>
     <w:rsid w:val="004F33F0"/>
     <w:rsid w:val="00516120"/>
     <w:rsid w:val="00522B54"/>
     <w:rsid w:val="00527D86"/>
     <w:rsid w:val="00534398"/>
     <w:rsid w:val="00534D79"/>
     <w:rsid w:val="00553ECE"/>
     <w:rsid w:val="005609DA"/>
     <w:rsid w:val="005623A2"/>
     <w:rsid w:val="00567528"/>
     <w:rsid w:val="00584191"/>
     <w:rsid w:val="0059741A"/>
     <w:rsid w:val="005A235A"/>
     <w:rsid w:val="005A46A9"/>
     <w:rsid w:val="005B2233"/>
     <w:rsid w:val="005B2858"/>
     <w:rsid w:val="005B46F8"/>
     <w:rsid w:val="005C0CC1"/>
     <w:rsid w:val="005C665D"/>
     <w:rsid w:val="005D1E3D"/>
     <w:rsid w:val="00602F69"/>
     <w:rsid w:val="00615546"/>
     <w:rsid w:val="00623A02"/>
     <w:rsid w:val="006469D3"/>
+    <w:rsid w:val="00654F14"/>
     <w:rsid w:val="0066117B"/>
     <w:rsid w:val="00681B7F"/>
     <w:rsid w:val="006A1C9E"/>
     <w:rsid w:val="006A7A8C"/>
     <w:rsid w:val="006B453A"/>
     <w:rsid w:val="006E619C"/>
     <w:rsid w:val="006E6D0D"/>
     <w:rsid w:val="006F47C4"/>
     <w:rsid w:val="006F7786"/>
     <w:rsid w:val="00707994"/>
     <w:rsid w:val="00712C00"/>
     <w:rsid w:val="007302D9"/>
     <w:rsid w:val="00763525"/>
     <w:rsid w:val="00763CF2"/>
     <w:rsid w:val="00764D9E"/>
     <w:rsid w:val="00773699"/>
     <w:rsid w:val="007936FA"/>
     <w:rsid w:val="007A1105"/>
     <w:rsid w:val="007C58B8"/>
     <w:rsid w:val="007C61E8"/>
     <w:rsid w:val="007D1390"/>
     <w:rsid w:val="007E1BEC"/>
+    <w:rsid w:val="00800AC6"/>
+    <w:rsid w:val="00804369"/>
     <w:rsid w:val="008115DA"/>
     <w:rsid w:val="00851572"/>
     <w:rsid w:val="008533CE"/>
     <w:rsid w:val="00864DAA"/>
     <w:rsid w:val="00882C96"/>
     <w:rsid w:val="0088396B"/>
     <w:rsid w:val="008A6348"/>
     <w:rsid w:val="008D1DA2"/>
     <w:rsid w:val="008E114B"/>
     <w:rsid w:val="008E398A"/>
     <w:rsid w:val="008E568A"/>
     <w:rsid w:val="00913BD9"/>
     <w:rsid w:val="00915949"/>
     <w:rsid w:val="009535A9"/>
     <w:rsid w:val="00956262"/>
     <w:rsid w:val="00970D65"/>
     <w:rsid w:val="00993DB9"/>
     <w:rsid w:val="009A2556"/>
+    <w:rsid w:val="009C30EA"/>
     <w:rsid w:val="009D5CB6"/>
     <w:rsid w:val="009E771D"/>
     <w:rsid w:val="009F0E4B"/>
     <w:rsid w:val="00A027E4"/>
     <w:rsid w:val="00A07D36"/>
     <w:rsid w:val="00A101F6"/>
     <w:rsid w:val="00A14D36"/>
     <w:rsid w:val="00A22F28"/>
     <w:rsid w:val="00A60068"/>
     <w:rsid w:val="00A70EED"/>
     <w:rsid w:val="00A71583"/>
     <w:rsid w:val="00A8473E"/>
     <w:rsid w:val="00AA4151"/>
     <w:rsid w:val="00AA4E9C"/>
     <w:rsid w:val="00AA7AFC"/>
     <w:rsid w:val="00AC71D4"/>
     <w:rsid w:val="00AF1917"/>
     <w:rsid w:val="00AF5AEF"/>
     <w:rsid w:val="00B00ABC"/>
     <w:rsid w:val="00B00F7A"/>
     <w:rsid w:val="00B01B77"/>
     <w:rsid w:val="00B05067"/>
     <w:rsid w:val="00B17B8B"/>
     <w:rsid w:val="00B37F4A"/>
     <w:rsid w:val="00B40C6E"/>
     <w:rsid w:val="00B669FA"/>
     <w:rsid w:val="00B719C4"/>
     <w:rsid w:val="00B724FA"/>
     <w:rsid w:val="00B852BF"/>
     <w:rsid w:val="00BD34B9"/>
     <w:rsid w:val="00BD67A2"/>
     <w:rsid w:val="00BE1479"/>
     <w:rsid w:val="00BF32D1"/>
     <w:rsid w:val="00C06393"/>
     <w:rsid w:val="00C13768"/>
     <w:rsid w:val="00C147E8"/>
+    <w:rsid w:val="00C3107A"/>
     <w:rsid w:val="00C45113"/>
     <w:rsid w:val="00C76BC8"/>
     <w:rsid w:val="00C91C2D"/>
     <w:rsid w:val="00C93BB9"/>
     <w:rsid w:val="00CC356A"/>
     <w:rsid w:val="00CD0C90"/>
     <w:rsid w:val="00CE38CA"/>
     <w:rsid w:val="00CE5183"/>
     <w:rsid w:val="00D00030"/>
     <w:rsid w:val="00D236EF"/>
     <w:rsid w:val="00D27828"/>
     <w:rsid w:val="00D35D57"/>
     <w:rsid w:val="00D36C3E"/>
     <w:rsid w:val="00D40537"/>
     <w:rsid w:val="00D40C10"/>
+    <w:rsid w:val="00D47ADC"/>
     <w:rsid w:val="00D54539"/>
     <w:rsid w:val="00D54ABA"/>
     <w:rsid w:val="00D75B58"/>
     <w:rsid w:val="00D8417D"/>
     <w:rsid w:val="00D855DF"/>
     <w:rsid w:val="00DA38C2"/>
     <w:rsid w:val="00DB2E77"/>
     <w:rsid w:val="00DC3DEB"/>
     <w:rsid w:val="00DE35C9"/>
     <w:rsid w:val="00DF3A4F"/>
     <w:rsid w:val="00E027A4"/>
     <w:rsid w:val="00E36CEE"/>
     <w:rsid w:val="00E45B8A"/>
     <w:rsid w:val="00E62FE9"/>
     <w:rsid w:val="00E7583E"/>
     <w:rsid w:val="00E87A3E"/>
     <w:rsid w:val="00E90E2B"/>
     <w:rsid w:val="00EC2ED8"/>
     <w:rsid w:val="00ED779F"/>
     <w:rsid w:val="00EF2CE0"/>
     <w:rsid w:val="00F046F4"/>
     <w:rsid w:val="00F20D45"/>
     <w:rsid w:val="00F2716F"/>
     <w:rsid w:val="00F351CC"/>
     <w:rsid w:val="00F41D39"/>
@@ -9805,58 +10019,58 @@
     <w:link w:val="TtuloPsTexto"/>
     <w:rsid w:val="00B01B77"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normasabnt.org/tabela-nas-normas-abnt-como-inserir-tabelas/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/mestrado-doutorado/educacao/teses/2022/cristiane-correa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.folha.uol.com.br/cotidiano/2019/09/pelos-lados-e-para-o-alto-sp-cresce-60-em-area-construida-em-25-anos.shtml" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.uniso.br/reu/libraryFiles/downloadPublic/38" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbenbio.org.br/wp-content/uploads/anais/anais_%20vii_enebio_norte_completo_2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pla.emnuvens.com.br/editora/catalog/view/54/38/148" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/assets/docs/publicacoes/publicacoes-eventos/anais-da-maac/edicoes/anais-maac-II.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22484/2318-5694.2025v51id0000" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/aval/a/rxNDLXGXR8H53YDzgrwZvGk/?format=pdf&amp;lang=pt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normasabnt.org/tabela-nas-normas-abnt-como-inserir-tabelas/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/mestrado-doutorado/educacao/teses/2022/cristiane-correa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.folha.uol.com.br/cotidiano/2019/09/pelos-lados-e-para-o-alto-sp-cresce-60-em-area-construida-em-25-anos.shtml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editora.uniso.br/editora/catalog/view/69/54/282" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbenbio.org.br/wp-content/uploads/anais/anais_%20vii_enebio_norte_completo_2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pla.emnuvens.com.br/editora/catalog/view/54/38/148" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/assets/docs/publicacoes/publicacoes-eventos/anais-da-maac/edicoes/anais-maac-II.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22484/2318-5694.2026v52id0000" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/aval/a/rxNDLXGXR8H53YDzgrwZvGk/?format=pdf&amp;lang=pt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Amarelo">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="39302A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E5DEDB"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="FFCA08"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="F8931D"/>
       </a:accent2>
@@ -10120,81 +10334,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86DB78D1-1243-46C2-9ED6-A7D342045308}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E13969B7-A414-49FD-8C58-9D74FE2BE637}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>3196</Words>
-  <Characters>17260</Characters>
+  <Words>3237</Words>
+  <Characters>17480</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>143</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>145</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20416</CharactersWithSpaces>
+  <CharactersWithSpaces>20676</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sandra Ferreira Sarubo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>