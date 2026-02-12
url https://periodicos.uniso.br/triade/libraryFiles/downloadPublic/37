--- v0 (2025-12-13)
+++ v1 (2026-02-12)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="0D60363B" w14:textId="187D2217" w:rsidR="00615546" w:rsidRPr="00462005" w:rsidRDefault="00851572" w:rsidP="00851572">
+    <w:p w14:paraId="0D60363B" w14:textId="5D4B6A97" w:rsidR="00615546" w:rsidRPr="00367469" w:rsidRDefault="00851572" w:rsidP="007E0DA4">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="39302A" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462005">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38F4C8B3" wp14:editId="5287FA20">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>142875</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>53340</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="840105" cy="297815"/>
             <wp:effectExtent l="0" t="0" r="0" b="6985"/>
@@ -188,4771 +188,4459 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00462005">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00615546" w:rsidRPr="00462005">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00615546" w:rsidRPr="00462005">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00D36C3E" w:rsidRPr="00367469">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:noProof/>
-          <w:color w:val="0000FF"/>
+          <w:color w:val="39302A" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:tab/>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00367469" w:rsidRPr="00367469">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:noProof/>
-          <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="39302A" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="007E0DA4" w:rsidRPr="00367469">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:noProof/>
-          <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="39302A" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>Artigo</w:t>
+      </w:r>
+      <w:r w:rsidR="00367469" w:rsidRPr="00367469">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:bCs/>
           <w:noProof/>
-          <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="39302A" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">                     </w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>, Entrevista ou Resenha</w:t>
+      </w:r>
+      <w:r w:rsidR="003848A9">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="39302A" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>[Título da seção]</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0E6C8F50" w14:textId="0671B22E" w:rsidR="00EC2ED8" w:rsidRPr="00EF2CE0" w:rsidRDefault="00615546" w:rsidP="00D00030">
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidR="00367469" w:rsidRPr="00367469">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="39302A" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>?]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E6C8F50" w14:textId="30B58DFD" w:rsidR="00EC2ED8" w:rsidRPr="00EF2CE0" w:rsidRDefault="00615546" w:rsidP="00D00030">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:after="480" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2CE0">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00EC2ED8" w:rsidRPr="00252D68">
+        <w:r w:rsidR="00367469" w:rsidRPr="00E97D12">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://doi.org/10.22484/2318-5694.2025v13id0000</w:t>
+          <w:t>https://doi.org/10.22484/2318-5694.2026v14id</w:t>
+        </w:r>
+        <w:r w:rsidR="00367469" w:rsidRPr="00367469">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:highlight w:val="red"/>
+          </w:rPr>
+          <w:t>00</w:t>
+        </w:r>
+        <w:r w:rsidR="008E4118" w:rsidRPr="00367469">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:highlight w:val="red"/>
+          </w:rPr>
+          <w:t>00</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="765A6AA6" w14:textId="413C17C7" w:rsidR="00615546" w:rsidRPr="003312AD" w:rsidRDefault="00EF2CE0" w:rsidP="00D36C3E">
+    <w:p w14:paraId="30EBD743" w14:textId="38E47EE4" w:rsidR="00386E43" w:rsidRDefault="00386E43" w:rsidP="00D36C3E">
       <w:pPr>
         <w:pStyle w:val="TITULO"/>
         <w:rPr>
-          <w:b w:val="0"/>
+          <w:caps w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:caps w:val="0"/>
+        </w:rPr>
+        <w:t>TÍTULO CENTRALIZADO, EM NEGRITO, COM LETRAS MAIÚSCULAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05BA6C2D" w14:textId="5C65F505" w:rsidR="00615546" w:rsidRPr="007E0DA4" w:rsidRDefault="007E0DA4" w:rsidP="00AC71D4">
+      <w:pPr>
+        <w:pStyle w:val="TITULOingls"/>
+        <w:spacing w:afterLines="100" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007E0DA4">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ítulo em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>inglês</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>centralizado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>sem</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>negrito</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6849CCD9" w14:textId="2B808C28" w:rsidR="00F8122C" w:rsidRPr="0033711B" w:rsidRDefault="00386E43" w:rsidP="00431BA0">
+      <w:pPr>
+        <w:pStyle w:val="TTULOe"/>
+        <w:spacing w:afterLines="0" w:after="480"/>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Título em espanhol, centralizado sem negrito</w:t>
+      </w:r>
+      <w:r w:rsidR="00615546" w:rsidRPr="0033711B">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63ABAC09" w14:textId="51F2C2C7" w:rsidR="00534D79" w:rsidRPr="00E97DBD" w:rsidRDefault="0040269D" w:rsidP="00534D79">
+      <w:pPr>
+        <w:pStyle w:val="AUTOR"/>
+        <w:spacing w:afterLines="0" w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E97DBD">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nome do autor</w:t>
+      </w:r>
+      <w:r w:rsidR="00623A02" w:rsidRPr="00E97DBD">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidR="00431BA0" w:rsidRPr="00E97DBD">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003848A9">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003848A9" w:rsidRPr="003848A9">
+        <w:rPr>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rStyle w:val="TITULOChar"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(não preencher</w:t>
+      </w:r>
+      <w:r w:rsidR="003848A9">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as informações de autoria</w:t>
+      </w:r>
+      <w:r w:rsidR="003848A9" w:rsidRPr="003848A9">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AD9D66A" w14:textId="22D07574" w:rsidR="00534D79" w:rsidRPr="00E97DBD" w:rsidRDefault="00534D79" w:rsidP="00534D79">
+      <w:pPr>
+        <w:pStyle w:val="AUTOR"/>
+        <w:spacing w:afterLines="0" w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E97DBD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Orcid: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="005C4FA4" w:rsidRPr="00E97DBD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://orcid.org/0000-0000-0000-0000</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007E0DA4" w:rsidRPr="00E97DBD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97DBD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B416C26" w14:textId="19FD3640" w:rsidR="00534D79" w:rsidRPr="00E97DBD" w:rsidRDefault="00534D79" w:rsidP="00534D79">
+      <w:pPr>
+        <w:pStyle w:val="AUTOR"/>
+        <w:spacing w:afterLines="0" w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E97DBD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E-mail: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="005C4FA4" w:rsidRPr="00E97DBD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>emaildoautor@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005C4FA4" w:rsidRPr="00E97DBD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E0DA4" w:rsidRPr="00E97DBD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B0AF77B" w14:textId="1F85E9BA" w:rsidR="007E0DA4" w:rsidRDefault="007E0DA4" w:rsidP="00C06393">
+      <w:pPr>
+        <w:pStyle w:val="RESUMO"/>
+        <w:spacing w:afterLines="100" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AACC29E" w14:textId="1B901EF0" w:rsidR="003848A9" w:rsidRPr="00E97DBD" w:rsidRDefault="003848A9" w:rsidP="003848A9">
+      <w:pPr>
+        <w:pStyle w:val="AUTOR"/>
+        <w:spacing w:afterLines="0" w:after="0"/>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E97DBD">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nome do autor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97DBD">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="00E97DBD">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003848A9">
+        <w:rPr>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(não preencher</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informações de autoria</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003848A9">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B30F40" w14:textId="77777777" w:rsidR="003848A9" w:rsidRPr="00E97DBD" w:rsidRDefault="003848A9" w:rsidP="003848A9">
+      <w:pPr>
+        <w:pStyle w:val="AUTOR"/>
+        <w:spacing w:afterLines="0" w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E97DBD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Orcid: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00E97DBD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://orcid.org/0000-0000-0000-0000</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E97DBD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F645A96" w14:textId="005CDACD" w:rsidR="003848A9" w:rsidRPr="00E85460" w:rsidRDefault="003848A9" w:rsidP="003848A9">
+      <w:pPr>
+        <w:pStyle w:val="RESUMO"/>
+        <w:spacing w:afterLines="100" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85460">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E-mail: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00E85460">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b w:val="0"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>emaildoautor@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E85460">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB3C6DB" w14:textId="0BF56B72" w:rsidR="00F8122C" w:rsidRPr="00527D86" w:rsidRDefault="00F8122C" w:rsidP="00D92887">
+      <w:pPr>
+        <w:pStyle w:val="RESUMO"/>
+        <w:spacing w:afterLines="100" w:after="240"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2FCD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386E43">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2FCD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00940CE0" w:rsidRPr="00940CE0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CE0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">texto deve </w:t>
+      </w:r>
+      <w:r w:rsidR="00940CE0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ser digitado </w:t>
+      </w:r>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">com </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527D86">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>fonte Segoe UI</w:t>
+      </w:r>
+      <w:r w:rsidR="0077308D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527D86">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>tamanho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527D86">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CE0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>exceto</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CE0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nas</w:t>
+      </w:r>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> citações </w:t>
+      </w:r>
+      <w:r w:rsidR="0077308D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">longas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>nota</w:t>
+      </w:r>
+      <w:r w:rsidR="0077308D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de rodapé</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CE0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:r w:rsidR="0077308D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>legendas</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CE0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0077308D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">que devem </w:t>
+      </w:r>
+      <w:r w:rsidR="00940CE0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">utilizar </w:t>
+      </w:r>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>tamanho 10)</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CE0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>. O</w:t>
+      </w:r>
+      <w:r w:rsidR="0077308D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> espaç</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CE0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>amento</w:t>
+      </w:r>
+      <w:r w:rsidR="0077308D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00940CE0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">entre linhas </w:t>
+      </w:r>
+      <w:r w:rsidR="0077308D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">deve ser </w:t>
+      </w:r>
+      <w:r w:rsidR="006702D2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">simples. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">O resumo deve </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527D86">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>apresentar uma visão clara e rápida do conteúdo</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CE0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527D86">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00940CE0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">entre 100 e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527D86">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>250 palavras</w:t>
+      </w:r>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527D86">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>fórmulas, abreviações, símbolos</w:t>
+      </w:r>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00940CE0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527D86">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>citações</w:t>
+      </w:r>
+      <w:r w:rsidR="00386E43">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F167EFC" w14:textId="6C6F3C3F" w:rsidR="00623A02" w:rsidRDefault="00F8122C" w:rsidP="00D92887">
+      <w:pPr>
+        <w:pStyle w:val="PALAVRAS-CHAVE"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B724FA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Palavras-chave</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B724FA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B724FA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B724FA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>até 3; apresentadas em letras minúsculas</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CE0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B724FA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> exce</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CE0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B724FA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nomes Próprios</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4BC9">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Nomes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B724FA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Científicos</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4BC9">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B724FA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Siglas; separadas por ponto e vírgula; </w:t>
+      </w:r>
+      <w:r w:rsidR="001E4BC9">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B724FA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>finalizadas por ponto final.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00030">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548A879A" w14:textId="7F9D91AE" w:rsidR="00623A02" w:rsidRDefault="00623A02" w:rsidP="00D92887">
+      <w:pPr>
+        <w:spacing w:afterLines="100" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28431F7E" w14:textId="3A4EDB13" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00D92887">
+      <w:pPr>
+        <w:pStyle w:val="RESUMO"/>
+        <w:spacing w:afterLines="100" w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C431F2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B2858">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C431F2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk135072291"/>
+      <w:r w:rsidR="00B96C36" w:rsidRPr="00B96C36">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F351CC">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ersão do resumo em inglês, seguindo orientações do resumo em português. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="321BF253" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00D92887">
+      <w:pPr>
+        <w:pStyle w:val="PALAVRAS-CHAVE"/>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk135074359"/>
+      <w:r w:rsidRPr="00C431F2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B2858">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C431F2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F351CC">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>até 3; apresentadas em letras minúsculas; com exceção dos Nomes Próprios; Nomes Científicos; Siglas; separadas entre si por ponto e vírgula; finalizadas por ponto final.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="752C33EA" w14:textId="08C7C17E" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00D92887">
+      <w:pPr>
+        <w:pStyle w:val="RESUMO"/>
+        <w:spacing w:afterLines="100" w:after="240"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Int_EULs9HPM"/>
+      <w:r w:rsidRPr="00C431F2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="005B2858">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C431F2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk135072304"/>
+      <w:r w:rsidR="00B96C36" w:rsidRPr="00B96C36">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F351CC">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ersão do resumo em espanhol, seguindo as orientações do resumo em português.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="3BD08913" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00F351CC" w:rsidRDefault="00615546" w:rsidP="00D92887">
+      <w:pPr>
+        <w:pStyle w:val="PALAVRAS-CHAVE"/>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00462005">
+        <w:t>Palabras clave</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B2858">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462005">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk135074383"/>
+      <w:r w:rsidRPr="00F351CC">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>até 3; apresentadas em letras minúsculas; com exceção dos Nomes Próprios; Nomes Científicos; Siglas; separadas entre si por ponto e vírgula; finalizadas por ponto final.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="4A277B7D" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00D92887">
+      <w:pPr>
+        <w:pStyle w:val="PALAVRAS-CHAVE"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C431F2">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B93F3A" w14:textId="145133D2" w:rsidR="00615546" w:rsidRPr="00EC77D8" w:rsidRDefault="00F351CC" w:rsidP="006E619C">
+      <w:pPr>
+        <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk135073039"/>
+      <w:r w:rsidRPr="00A22F28">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo1Char"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC77D8">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo1Char"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ESTRUTURA DO TEXTO </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC77D8" w:rsidRPr="00EC77D8">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo1Char"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">fonte </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>(seção primária, letras maiúscula, negrito; espaçamento</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66548">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo1Char"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>segoe</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> antes 18 e depois 12, entre linhas simples, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC77D8" w:rsidRPr="00EC77D8">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo1Char"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ui 12, negrito, centralizado, espaç</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>alinhado à esquerda, com numeração</w:t>
+      </w:r>
+      <w:r w:rsidR="006D2B29">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo1Char"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>amento</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> progressiva</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC77D8" w:rsidRPr="00EC77D8">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo1Char"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 18 depois</w:t>
-[...21 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="019D6750" w14:textId="1CEB8D51" w:rsidR="009D5CB6" w:rsidRDefault="009D5CB6" w:rsidP="00EC77D8">
+      <w:pPr>
+        <w:pStyle w:val="TextoABNT"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F86512">
+        <w:t xml:space="preserve">A formatação deve seguir este modelo de padronização. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74FE9">
+        <w:t xml:space="preserve">Caso </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F86512">
+        <w:t xml:space="preserve">o </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74FE9">
+        <w:t xml:space="preserve">texto não esteja de acordo com </w:t>
+      </w:r>
+      <w:r w:rsidR="00F20D45">
+        <w:t xml:space="preserve">as orientações, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F86512">
+        <w:t xml:space="preserve">será devolvido na </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74FE9">
+        <w:t xml:space="preserve">etapa de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F86512">
+        <w:t>pré-avaliação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51E42BB8" w14:textId="2E137351" w:rsidR="00A027E4" w:rsidRPr="00A027E4" w:rsidRDefault="00A027E4" w:rsidP="00EC77D8">
+      <w:pPr>
+        <w:pStyle w:val="TextoABNT"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A027E4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O arquivo deve ser submetido em Word, página A4, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74FE9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">com </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A027E4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>margens superior e esquerda de 3cm</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74FE9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A027E4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> margens inferior e direita de 2cm, fonte Segoe UI, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74FE9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tamanho </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A027E4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>12, espaçamento entre</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74FE9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003312AD" w:rsidRPr="003312AD">
-[...198 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A027E4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">linhas simples; </w:t>
+      </w:r>
+      <w:r w:rsidR="008C2848">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">texto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A027E4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>justificado</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2848">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A027E4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> parágrafos com </w:t>
+      </w:r>
+      <w:r w:rsidR="008C2848">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">recuo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A027E4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2848">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> primeira linha de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A027E4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,25 cm</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2848">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. O texto deve ter entre 15 e 25 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A027E4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>páginas</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2848">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD9D66A" w14:textId="77777777" w:rsidR="00534D79" w:rsidRDefault="00534D79" w:rsidP="00534D79">
-[...14 lines deleted...]
-      </w:hyperlink>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="0288BFEB" w14:textId="02925067" w:rsidR="006F7786" w:rsidRPr="00FB43C4" w:rsidRDefault="006F7786" w:rsidP="00A60068">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB43C4">
+        <w:t>1.1</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...60 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="00FB43C4">
+        <w:t>Formatação</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:spacing w:afterLines="100" w:after="240"/>
+      <w:r w:rsidRPr="006F7786">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3ECF">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00773699">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eção secundária, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3ECF">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">letras minúsculas, </w:t>
+      </w:r>
+      <w:r w:rsidR="003312AD">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>negrito</w:t>
+      </w:r>
+      <w:r w:rsidR="00773699">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3ECF" w:rsidRPr="00FD3ECF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fonte Segoe UI, </w:t>
+      </w:r>
+      <w:r w:rsidR="00681B7F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tamanho 12, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3ECF" w:rsidRPr="00FD3ECF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">espaçamento </w:t>
+      </w:r>
+      <w:r w:rsidR="00976AC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18 antes, 12 depois</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF22AE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, entre linhas simples, </w:t>
+      </w:r>
+      <w:r w:rsidR="00681B7F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alinhado à esquerda, </w:t>
+      </w:r>
+      <w:r w:rsidR="00773699">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>com numeração</w:t>
+      </w:r>
+      <w:r w:rsidR="006D2B29">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progressiva</w:t>
+      </w:r>
+      <w:r w:rsidR="00F20D45">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A4DDF8C" w14:textId="781C23EC" w:rsidR="006F7786" w:rsidRDefault="006F7786" w:rsidP="00EC77D8">
+      <w:pPr>
+        <w:pStyle w:val="TextoABNT"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">E-mail: </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00DD2FCD">
+        <w:t xml:space="preserve">Conforme </w:t>
+      </w:r>
+      <w:r w:rsidR="008C2848">
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="0090357A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>norma</w:t>
+      </w:r>
+      <w:r w:rsidR="0090357A">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> da ABNT, </w:t>
+      </w:r>
+      <w:r w:rsidR="008C2848">
+        <w:t xml:space="preserve">o </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">texto deve ser </w:t>
+      </w:r>
+      <w:r w:rsidR="008C2848">
+        <w:t xml:space="preserve">organizado </w:t>
+      </w:r>
+      <w:r>
+        <w:t>em seções, apresentadas da seguinte forma:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6885ADD0" w14:textId="155B3EC5" w:rsidR="006F7786" w:rsidRPr="008C2848" w:rsidRDefault="008C2848" w:rsidP="008C2848">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="006F7786" w:rsidRPr="0090357A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SEÇÃO PRIMÁRIA</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7786" w:rsidRPr="008C2848">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: em letras maiúsculas em negrito;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B69E7FD" w14:textId="7301868E" w:rsidR="006F7786" w:rsidRPr="008C2848" w:rsidRDefault="008C2848" w:rsidP="008C2848">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="006F7786" w:rsidRPr="0090357A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Seção secundária</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7786" w:rsidRPr="008C2848">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: em letras minúsculas e negrito;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58F5D689" w14:textId="617EC856" w:rsidR="006F7786" w:rsidRPr="008C2848" w:rsidRDefault="008C2848" w:rsidP="008C2848">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="006F7786" w:rsidRPr="008C2848">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seção terciária: em letras minúsculas sem negrito; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A3428E6" w14:textId="6F23CF5F" w:rsidR="006F7786" w:rsidRPr="00EC77D8" w:rsidRDefault="006F7786" w:rsidP="008C2848">
+      <w:pPr>
+        <w:pStyle w:val="TextoABNT"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC77D8">
+        <w:t xml:space="preserve">Demais seções e alíneas (se houver): em letras minúsculas sem negrito. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21684035" w14:textId="5A0F00C6" w:rsidR="006B453A" w:rsidRPr="00FB43C4" w:rsidRDefault="00A71583" w:rsidP="006B453A">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D2B29">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo3Char"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>1.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC77D8" w:rsidRPr="006D2B29">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo3Char"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D2B29">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo3Char"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Siglas</w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A" w:rsidRPr="006F7786">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">seção </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC77D8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>terciária</w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, letras minúsculas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC77D8">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sem </w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">negrito, </w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A" w:rsidRPr="00FD3ECF">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
-          <w:bCs/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005B2858">
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fonte Segoe UI, </w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tamanho 12, </w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A" w:rsidRPr="00FD3ECF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">espaçamento </w:t>
+      </w:r>
+      <w:r w:rsidR="00044E86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">antes e depois 12, entre linhas simples, </w:t>
+      </w:r>
+      <w:r w:rsidR="006D2B29">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inhado à esquerda, </w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>com numeração</w:t>
+      </w:r>
+      <w:r w:rsidR="006D2B29">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progressiva</w:t>
+      </w:r>
+      <w:r w:rsidR="006B453A">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221F41E6" w14:textId="2405ADC8" w:rsidR="00627F8B" w:rsidRPr="00627F8B" w:rsidRDefault="00627F8B" w:rsidP="00627F8B">
+      <w:pPr>
+        <w:pStyle w:val="TextoABNT"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00627F8B">
+        <w:t xml:space="preserve">Na primeira ocorrência, escreva o nome por extenso seguido da sigla entre parênteses. Exemplo:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00627F8B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Associação Brasileira de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00627F8B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Normas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00627F8B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00527D86">
-[...34 lines deleted...]
-          <w:b w:val="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00627F8B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Técnicas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00627F8B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ABNT). </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15AA5">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15AA5">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>partir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15AA5">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B724FA">
-[...9 lines deleted...]
-          <w:bCs/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15AA5">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>daí</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15AA5">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, padronizar o </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D15AA5">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>uso</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D15AA5">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15AA5">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>utilizar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15AA5">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15AA5">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>apenas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15AA5">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00627F8B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00627F8B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sigla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00627F8B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00627F8B">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC5A512" w14:textId="77777777" w:rsidR="00BF7640" w:rsidRDefault="00BF7640">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28431F7E" w14:textId="577B4644" w:rsidR="00615546" w:rsidRPr="00C431F2" w:rsidRDefault="00615546" w:rsidP="00D00030">
-[...808 lines deleted...]
-    <w:p w14:paraId="63A67B80" w14:textId="4C0816C1" w:rsidR="005C665D" w:rsidRPr="00C13768" w:rsidRDefault="005C665D" w:rsidP="006B453A">
+    <w:p w14:paraId="63A67B80" w14:textId="3779D08E" w:rsidR="005C665D" w:rsidRPr="00C13768" w:rsidRDefault="005C665D" w:rsidP="006B453A">
       <w:pPr>
         <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk135072734"/>
-      <w:r w:rsidRPr="00A22F28">
+      <w:r w:rsidRPr="006D2B29">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2 CITAÇÕES</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C431F2">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006D2B29">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo1Char"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidR="006B453A" w:rsidRPr="00F351CC">
-[...85 lines deleted...]
-        <w:pStyle w:val="TEXTO"/>
+    </w:p>
+    <w:p w14:paraId="1F174735" w14:textId="3C0F4CB3" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="006D2B29">
+      <w:pPr>
+        <w:pStyle w:val="TextoABNT"/>
       </w:pPr>
       <w:r w:rsidRPr="003467E2">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">As citações diretas </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">e indiretas devem </w:t>
       </w:r>
+      <w:r w:rsidR="00B80B0B">
+        <w:t xml:space="preserve">ser </w:t>
+      </w:r>
       <w:r w:rsidRPr="003467E2">
-        <w:t>ser inseridas no texto padronizada conforme normas ABNT NBR 10520</w:t>
+        <w:t>padronizada</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7640">
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80B0B">
+        <w:t xml:space="preserve">no sistema </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7640">
+        <w:t>autor-data</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80B0B">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003467E2">
+        <w:t xml:space="preserve"> conforme </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80B0B">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003467E2">
+        <w:t>ABNT NBR 10520</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7640">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">.  </w:t>
-[...12 lines deleted...]
-        <w:pStyle w:val="TEXTO"/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="187D9363" w14:textId="045EB8E9" w:rsidR="002A43F0" w:rsidRPr="009E1425" w:rsidRDefault="005F3625" w:rsidP="00BF7640">
+      <w:pPr>
+        <w:pStyle w:val="TextoABNT"/>
         <w:ind w:firstLine="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="000E03C7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B80B0B">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>►</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Citação direta</w:t>
+        <w:t>Obs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF7640">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F3625">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F3625">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="002A43F0" w:rsidRPr="003467E2">
+        <w:t>itaç</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80B0B">
+        <w:t>ões</w:t>
+      </w:r>
+      <w:r w:rsidR="002A43F0" w:rsidRPr="003467E2">
+        <w:t xml:space="preserve"> direta</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80B0B">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="006D2B29">
+        <w:t xml:space="preserve"> com mais de três linhas deve</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80B0B">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="006D2B29">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80B0B">
+        <w:t xml:space="preserve">estar no tamanho </w:t>
+      </w:r>
+      <w:r w:rsidR="006D2B29">
+        <w:t>10, com recuo de 4 cm</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80B0B">
+        <w:t xml:space="preserve"> da margem esquerda</w:t>
+      </w:r>
+      <w:r w:rsidR="006D2B29">
+        <w:t>, alinham</w:t>
+      </w:r>
+      <w:r>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidR="006D2B29">
+        <w:t>to justificado, espaçamento simples</w:t>
+      </w:r>
+      <w:r w:rsidR="00B80B0B">
+        <w:t xml:space="preserve"> e com a </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80B0B" w:rsidRPr="009E1425">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indicação dos números inicial e final das páginas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C606EA" w14:textId="704E133D" w:rsidR="002A43F0" w:rsidRDefault="00322EA4" w:rsidP="005F3625">
+      <w:pPr>
+        <w:pStyle w:val="TextoABNT"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Antes da submissão, verifique se </w:t>
+      </w:r>
+      <w:r w:rsidR="002A43F0" w:rsidRPr="00864320">
+        <w:t xml:space="preserve">todas as citações </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">utilizadas no texto constam </w:t>
+      </w:r>
+      <w:r w:rsidR="002A43F0" w:rsidRPr="00864320">
+        <w:t xml:space="preserve">na lista de referências. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459C5117" w14:textId="3FE188DC" w:rsidR="002A43F0" w:rsidRPr="00A22F28" w:rsidRDefault="002A43F0" w:rsidP="006B453A">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A22F28">
+        <w:t>2.1 Citação de entrevista</w:t>
+      </w:r>
+      <w:r w:rsidR="00472FA7">
+        <w:t xml:space="preserve">s, falas e </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7583E">
+        <w:t>relatos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A22F28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F544ED" w14:textId="6349C50B" w:rsidR="00BF7640" w:rsidRDefault="00BF7640" w:rsidP="005F3625">
+      <w:pPr>
+        <w:pStyle w:val="TextoABNT"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00472FA7" w:rsidRPr="00472FA7">
+        <w:t xml:space="preserve"> transcrição </w:t>
+      </w:r>
+      <w:r>
+        <w:t>de entrevistas, fala</w:t>
+      </w:r>
+      <w:r w:rsidR="007063C5">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> e relatos deve seguir as orientações</w:t>
+      </w:r>
+      <w:r w:rsidR="00695112">
+        <w:t xml:space="preserve"> abaixo</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333D6172" w14:textId="77777777" w:rsidR="00472FA7" w:rsidRPr="007337D1" w:rsidRDefault="00472FA7" w:rsidP="007337D1">
+      <w:pPr>
+        <w:pStyle w:val="Alnea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007337D1">
+        <w:t xml:space="preserve">a) recuo de parágrafo de 1,5 cm da margem esquerda; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0669837A" w14:textId="20CC8403" w:rsidR="00472FA7" w:rsidRDefault="00472FA7" w:rsidP="007337D1">
+      <w:pPr>
+        <w:pStyle w:val="Alnea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007337D1">
+        <w:t xml:space="preserve">b) digitadas em tamanho 12, com espaço </w:t>
+      </w:r>
+      <w:r w:rsidR="005F3625" w:rsidRPr="007337D1">
+        <w:t>1,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007337D1">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60F125CE" w14:textId="6B9822D1" w:rsidR="003A7428" w:rsidRPr="007337D1" w:rsidRDefault="003A7428" w:rsidP="007337D1">
+      <w:pPr>
+        <w:pStyle w:val="Alnea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c) espaçamento antes e depois de 4 cm;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD98089" w14:textId="167848E1" w:rsidR="00472FA7" w:rsidRPr="007337D1" w:rsidRDefault="00472FA7" w:rsidP="007337D1">
+      <w:pPr>
+        <w:pStyle w:val="Alnea"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007337D1">
+        <w:t>c) devem aparecer entre aspas.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F3625" w:rsidRPr="007337D1">
+        <w:t xml:space="preserve"> Veja o exemplo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C600689" w14:textId="762ABEF9" w:rsidR="00913BD9" w:rsidRDefault="00913BD9" w:rsidP="005F3625">
+      <w:pPr>
+        <w:pStyle w:val="EntrevistaFalaABNT"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004F33F0">
+        <w:t>“A família é um núcleo de convivência</w:t>
+      </w:r>
+      <w:r w:rsidR="008533CE">
+        <w:t xml:space="preserve">, unido por laços afetivos, que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F33F0">
+        <w:t>normalmente compartilha o mesmo teto”</w:t>
+      </w:r>
+      <w:r w:rsidR="00241C71" w:rsidRPr="004F33F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F33F0">
+        <w:t>(Entrevistado A).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC3CA62" w14:textId="275253A7" w:rsidR="00113A4B" w:rsidRDefault="002A43F0" w:rsidP="009E1425">
+      <w:pPr>
+        <w:pStyle w:val="TextoABNT"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001524F3">
+        <w:t xml:space="preserve">Transcrições de entrevistas </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">com mais de 3 linhas, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001524F3">
+        <w:t xml:space="preserve">devem ser formatadas como citação direta longa </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">com </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001524F3">
+        <w:t>recuo de 4cm, espaçamento simples</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, tamanho 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001524F3">
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002A43F0">
-[...12 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="001524F3">
+        <w:t xml:space="preserve">Quando </w:t>
+      </w:r>
+      <w:r w:rsidR="00113A4B">
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001524F3">
+        <w:t xml:space="preserve"> um texto de entrevista curto, fica </w:t>
+      </w:r>
+      <w:r w:rsidR="00113A4B">
+        <w:t>na mesma posição do início do parágrafo (1,25).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="135F2F62" w14:textId="0A9C5C1A" w:rsidR="00E027A4" w:rsidRDefault="00113A4B" w:rsidP="00D92887">
+      <w:pPr>
+        <w:pStyle w:val="TextoABNT"/>
+      </w:pPr>
       <w:r>
-        <w:t>.</w:t>
-[...54 lines deleted...]
-        <w:t>Ex</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A7428">
+        <w:t xml:space="preserve">As </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003A7428">
+        <w:t>falas o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113A4B">
+        <w:t>btidos</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113A4B">
+        <w:t xml:space="preserve"> em fontes não publicadas formalmente (palestras, discursos, comunicações,</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...107 lines deleted...]
-      <w:r w:rsidRPr="00A22F28">
+      <w:r w:rsidRPr="00113A4B">
+        <w:t>entre outros), quando utilizad</w:t>
+      </w:r>
+      <w:r w:rsidR="003A7428">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113A4B">
+        <w:t>s, devem ser indicad</w:t>
+      </w:r>
+      <w:r w:rsidR="003A7428">
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113A4B">
+        <w:t xml:space="preserve"> no texto ou em nota</w:t>
+      </w:r>
+      <w:r w:rsidR="00E027A4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B453A" w:rsidRPr="006F7786">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="003A7428">
+        <w:t xml:space="preserve">de rodapé </w:t>
+      </w:r>
+      <w:r w:rsidR="00E027A4">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="006B453A">
-[...74 lines deleted...]
-    <w:p w14:paraId="7C27753C" w14:textId="1B567C55" w:rsidR="00472FA7" w:rsidRDefault="00472FA7" w:rsidP="00BD67A2">
+      <w:r w:rsidR="005F3625">
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="00E027A4" w:rsidRPr="00113A4B">
+        <w:t>er ABNT 10520</w:t>
+      </w:r>
+      <w:r w:rsidR="005F3625">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00E027A4" w:rsidRPr="00113A4B">
+        <w:t xml:space="preserve">citação, p. 3-4). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D58C504" w14:textId="77777777" w:rsidR="00AA4E9C" w:rsidRDefault="00AA4E9C" w:rsidP="009E1425">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18DFAEEF" w14:textId="2AC1BE6B" w:rsidR="002A43F0" w:rsidRDefault="00113A4B" w:rsidP="00BD67A2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E027A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6557">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve">Quando a transcrição for em parágrafo separado do texto, </w:t>
+        <w:t>xemplo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E027A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E027A4" w:rsidRPr="00E027A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="0047232B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005F3625">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Em</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00113A4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> discurso proferido por </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00472FA7">
+      <w:r w:rsidRPr="00113A4B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>independente</w:t>
+        <w:t>Jadir</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00472FA7">
+      <w:r w:rsidRPr="00113A4B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve"> do número de linhas</w:t>
+        <w:t xml:space="preserve"> dos Santos, em 21 de março de 2019, no auditório da ABNT, foram descritos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113A4B">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>os principais aspectos da cultura organizacional.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve">a) recuo de parágrafo de 1,5 cm da margem esquerda; </w:t>
-[...74 lines deleted...]
-    <w:p w14:paraId="3D41D83F" w14:textId="77777777" w:rsidR="00913BD9" w:rsidRPr="004F33F0" w:rsidRDefault="00913BD9" w:rsidP="00913BD9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E914DE3" w14:textId="77777777" w:rsidR="00AA4E9C" w:rsidRDefault="00AA4E9C" w:rsidP="00BD67A2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BED8BE5" w14:textId="24365D16" w:rsidR="00AA4E9C" w:rsidRPr="00AA4E9C" w:rsidRDefault="00AA4E9C" w:rsidP="00D92887">
+      <w:pPr>
+        <w:pStyle w:val="TextoABNT"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E027A4">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6557">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>xemplo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E027A4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E027A4">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:t>No texto:</w:t>
+      </w:r>
+      <w:r w:rsidR="005F3625">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:t>Jadir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:t xml:space="preserve"> dos Santos descreveu os principais aspectos da cultura organizacional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="631CCA79" w14:textId="77777777" w:rsidR="00AA4E9C" w:rsidRPr="00AA4E9C" w:rsidRDefault="00AA4E9C" w:rsidP="009E1425">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1C600689" w14:textId="276E203A" w:rsidR="00913BD9" w:rsidRPr="00913BD9" w:rsidRDefault="00913BD9" w:rsidP="00BD67A2">
+      </w:pPr>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Na nota:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62906E94" w14:textId="6D7E5BF9" w:rsidR="00AA4E9C" w:rsidRPr="007E1BEC" w:rsidRDefault="00AA4E9C" w:rsidP="009E1425">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E1BEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E1BEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Discurso proferido no auditório da ABNT, em 21 de março de 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="239B5EFD" w14:textId="77777777" w:rsidR="00AA7AFC" w:rsidRPr="00AA4E9C" w:rsidRDefault="00AA7AFC" w:rsidP="00BD67A2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F33F0">
-[...94 lines deleted...]
-    <w:p w14:paraId="6BDABF46" w14:textId="77777777" w:rsidR="00113A4B" w:rsidRPr="00113A4B" w:rsidRDefault="00113A4B" w:rsidP="00113A4B">
+    </w:p>
+    <w:p w14:paraId="3A2A68E7" w14:textId="4D2216A9" w:rsidR="00AA4E9C" w:rsidRPr="00AA4E9C" w:rsidRDefault="00AA4E9C" w:rsidP="00BD67A2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial-BoldMT" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00113A4B">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00E027A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>2.1.1 Falas</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0832D441" w14:textId="77777777" w:rsidR="00113A4B" w:rsidRDefault="00113A4B" w:rsidP="00113A4B">
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6557">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>xemplo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E027A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E027A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>No texto:</w:t>
+      </w:r>
+      <w:r w:rsidR="005F3625">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>O Entrevistado 5 considera as bibliotecas comunitárias como iniciativas populares de mediação de</w:t>
+      </w:r>
+      <w:r w:rsidR="00E027A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>informação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="080725E9" w14:textId="77777777" w:rsidR="00AA4E9C" w:rsidRPr="00AA4E9C" w:rsidRDefault="00AA4E9C" w:rsidP="00E027A4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA4E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Na nota:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="057830F4" w14:textId="1547E194" w:rsidR="00AA4E9C" w:rsidRPr="00E027A4" w:rsidRDefault="00E027A4" w:rsidP="00AA4E9C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-          <w:sz w:val="24"/>
-[...296 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w14:ligatures w14:val="standardContextual"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007E1BEC">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E027A4">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007E1BEC">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4E9C" w:rsidRPr="00E027A4">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Discurso proferido no auditório da ABNT, em 21 de março de 2019.</w:t>
-[...170 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Entrevista de pesquisa concedida em 10 de março de 2020, na cidade do Rio de Janeiro.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5399FDCC" w14:textId="679E0327" w:rsidR="002A43F0" w:rsidRPr="006B453A" w:rsidRDefault="002A43F0" w:rsidP="006B453A">
+    <w:p w14:paraId="5399FDCC" w14:textId="3B92E3C3" w:rsidR="002A43F0" w:rsidRPr="006B453A" w:rsidRDefault="002A43F0" w:rsidP="006B453A">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
-        <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A22F28">
+      <w:r w:rsidRPr="005F3625">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>3 ILUSTRAÇÕES</w:t>
       </w:r>
       <w:r w:rsidRPr="002A43F0">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:spacing w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="_Hlk135075142"/>
-      <w:r w:rsidR="006B453A" w:rsidRPr="006B453A">
-[...16 lines deleted...]
-        <w:t>espaçamento antes 18 e depois 12, espaçamento entre linhas simples, alinhado à esquerda, com numeração)</w:t>
+      <w:r w:rsidR="00B56DAF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t>E TABELAS</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p w14:paraId="03BD521E" w14:textId="77777777" w:rsidR="002A43F0" w:rsidRDefault="002A43F0" w:rsidP="00BD67A2">
-[...5 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="03BD521E" w14:textId="33A29157" w:rsidR="002A43F0" w:rsidRDefault="00DA7581" w:rsidP="005F3625">
+      <w:pPr>
+        <w:pStyle w:val="TextoABNT"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Identificar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="009E005A">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lustrações</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>figuras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gráficos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mapas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>quadros</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tabelas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>etc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) pela </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>palavra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A2F06">
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>designativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ex.: Figura), número de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ordem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00934EAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="009E005A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ítulo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00934EAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00934EAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>centralizada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00934EAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00934EAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sem</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00934EAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00934EAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>negrito</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>deve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A2F06">
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>estar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A2F06">
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>próximo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ao texto a que se </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>refere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009E005A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>fonte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>legenda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>devem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A2F06">
-[...2 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aparecer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> logo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>abaixo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>fonte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009E005A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>espaço</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009E005A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> simples, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>indicando</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A2F06">
-[...2 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A2F06">
-[...2 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>origem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (elaboração própria ou </w:t>
+      </w:r>
+      <w:r w:rsidR="009E005A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>fonte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="MS Mincho"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consultada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B56DAF" w:rsidRPr="00B56DAF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="009E005A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002A43F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="706DA16B" w14:textId="77777777" w:rsidR="00B93592" w:rsidRDefault="009E005A" w:rsidP="00934EAF">
+      <w:pPr>
+        <w:pStyle w:val="TextoABNT"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E005A">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tabelas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E005A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E005A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>devem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E005A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seguir as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E005A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>normas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E005A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E005A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>apresentação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E005A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tabular do IBGE. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="_Toc417547828"/>
+    </w:p>
+    <w:p w14:paraId="28B68FBD" w14:textId="2E8384B9" w:rsidR="005F6557" w:rsidRDefault="005609DA" w:rsidP="00D92887">
+      <w:pPr>
+        <w:pStyle w:val="TextoABNT"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E082A">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:szCs w:val="24"/>
-[...9 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>Quadros</w:t>
+      </w:r>
+      <w:r w:rsidR="007C61E8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      <w:r w:rsidR="007C61E8">
+      <w:r w:rsidR="003E4B84" w:rsidRPr="00312FA9">
+        <w:t>devem ser formatados conforme o modelo abaixo</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2208">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="004D27E4">
+        <w:t>tamanho</w:t>
+      </w:r>
+      <w:r w:rsidR="00934EAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D7D43" w:rsidRPr="006F7786">
-[...414 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00FA2208">
+        <w:t>11, espaço simples)</w:t>
+      </w:r>
+      <w:r w:rsidR="003E4B84" w:rsidRPr="00312FA9">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D92887">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08D2D9A5" w14:textId="77777777" w:rsidR="00615546" w:rsidRDefault="00615546" w:rsidP="00615546">
-[...151 lines deleted...]
-    <w:p w14:paraId="03BBFF06" w14:textId="6675C43A" w:rsidR="00615546" w:rsidRPr="006A7A8C" w:rsidRDefault="00615546" w:rsidP="00FA2208">
+    <w:p w14:paraId="03BBFF06" w14:textId="5ED8847F" w:rsidR="00615546" w:rsidRPr="006A7A8C" w:rsidRDefault="00615546" w:rsidP="00FA2208">
       <w:pPr>
         <w:pStyle w:val="TABELAETC"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Hlk135073213"/>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk135073213"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="006A7A8C">
         <w:t>Quadro 1</w:t>
       </w:r>
       <w:r w:rsidR="003E4B84" w:rsidRPr="006A7A8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A7A8C">
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="_Toc446354439"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc6889411"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc6889530"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc6889550"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc6889984"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc446354439"/>
+      <w:r w:rsidR="00011BE9" w:rsidRPr="00533B53">
+        <w:t>—</w:t>
+      </w:r>
       <w:r w:rsidRPr="006A7A8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:bookmarkEnd w:id="15"/>
-      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="006A7A8C">
         <w:t xml:space="preserve">Tipos de interação </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1678"/>
-        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="2245"/>
         <w:gridCol w:w="2433"/>
         <w:gridCol w:w="2551"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00615546" w:rsidRPr="00C431F2" w14:paraId="30B067ED" w14:textId="77777777" w:rsidTr="00FE4633">
+      <w:tr w:rsidR="009E1425" w:rsidRPr="00C431F2" w14:paraId="30B067ED" w14:textId="77777777" w:rsidTr="009E1425">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1678" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="11"/>
-          <w:p w14:paraId="5E3330BE" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w14:paraId="5E3330BE" w14:textId="77777777" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Características interativas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CE1BF43" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="6CE1BF43" w14:textId="77777777" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Interação face a face</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2433" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B73702B" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="2B73702B" w14:textId="53D06E88" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Interação mediada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06A2DACC" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="06A2DACC" w14:textId="77777777" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Interação quase mediada</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00615546" w:rsidRPr="00C431F2" w14:paraId="697C1F80" w14:textId="77777777" w:rsidTr="00FE4633">
+      <w:tr w:rsidR="009E1425" w:rsidRPr="00C431F2" w14:paraId="697C1F80" w14:textId="77777777" w:rsidTr="009E1425">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1678" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A8FC231" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="7A8FC231" w14:textId="77777777" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Espaço-tempo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7819BC7F" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="7819BC7F" w14:textId="77777777" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contexto de copresença; </w:t>
+              <w:t xml:space="preserve">Contexto de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FA2208">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>copresença</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FA2208">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E614728" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="0E614728" w14:textId="77777777" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>sistema referencial espaço-temporal comum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2433" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44F3761D" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="44F3761D" w14:textId="28C99869" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Separação dos contextos; disponibilidade estendida no tempo e no espaço</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B07134C" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="4B07134C" w14:textId="77777777" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Separação dos contextos; disponibilidade estendida no tempo e no espaço</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00615546" w:rsidRPr="00C431F2" w14:paraId="7EDAE7B7" w14:textId="77777777" w:rsidTr="00FE4633">
+      <w:tr w:rsidR="009E1425" w:rsidRPr="00C431F2" w14:paraId="7EDAE7B7" w14:textId="77777777" w:rsidTr="009E1425">
         <w:trPr>
           <w:trHeight w:val="907"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1678" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59D169FC" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="59D169FC" w14:textId="77777777" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Possibilidade de deixas simbólicas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51DBC562" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="51DBC562" w14:textId="77777777" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Multiplicidade de deixas simbólicas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2433" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77301C76" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="77301C76" w14:textId="74D45DFE" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Limitação das possibilidades de deixas simbólicas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC0CF3C" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="0BC0CF3C" w14:textId="77777777" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Limitação das possibilidades de deixas simbólicas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00615546" w:rsidRPr="00C431F2" w14:paraId="7D98B781" w14:textId="77777777" w:rsidTr="00FE4633">
+      <w:tr w:rsidR="009E1425" w:rsidRPr="00C431F2" w14:paraId="7D98B781" w14:textId="77777777" w:rsidTr="009E1425">
         <w:trPr>
           <w:trHeight w:val="907"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1678" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EF85D27" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="2EF85D27" w14:textId="77777777" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Orientação da atividade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="091A7CCF" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="091A7CCF" w14:textId="77777777" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Orientada para outros específicos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2433" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5832CA4B" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="5832CA4B" w14:textId="77FBE8DB" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Orientada para outros específicos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F8788D2" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="2F8788D2" w14:textId="77777777" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
               <w:keepNext/>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Orientada para um número indefinido de receptores potenciais</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00615546" w:rsidRPr="00C431F2" w14:paraId="4D2FAC08" w14:textId="77777777" w:rsidTr="00FE4633">
+      <w:tr w:rsidR="009E1425" w:rsidRPr="00C431F2" w14:paraId="4D2FAC08" w14:textId="77777777" w:rsidTr="009E1425">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1678" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66C4BA2F" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="66C4BA2F" w14:textId="77777777" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dialógica / </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:br/>
               <w:t>monológica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="242793B0" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="242793B0" w14:textId="77777777" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Dialógica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2433" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D598F05" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="1D598F05" w14:textId="0EFA3EC2" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Dialógica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD0829E" w14:textId="77777777" w:rsidR="00615546" w:rsidRPr="00FA2208" w:rsidRDefault="00615546" w:rsidP="0027324C">
+          <w:p w14:paraId="0FD0829E" w14:textId="77777777" w:rsidR="009E1425" w:rsidRPr="00FA2208" w:rsidRDefault="009E1425" w:rsidP="009E1425">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA2208">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Monológica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="38E7976F" w14:textId="58EB136F" w:rsidR="00615546" w:rsidRDefault="00615546" w:rsidP="00C93BB9">
+    <w:p w14:paraId="38E7976F" w14:textId="10E7F60F" w:rsidR="000B45D1" w:rsidRDefault="00615546" w:rsidP="00C93BB9">
       <w:pPr>
         <w:pStyle w:val="FONTE"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Hlk135073244"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk135073244"/>
       <w:r w:rsidRPr="00522B54">
         <w:t xml:space="preserve">Fonte: Autor (ano). Quando elaborada pelo próprio autor, informar “elaboração própria”; quando for </w:t>
       </w:r>
       <w:r w:rsidR="00993DB9">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00522B54">
-        <w:t>adaptada informar “adaptado de” seguido da citação.</w:t>
-[...125 lines deleted...]
-        <w:rPr>
+        <w:t>adaptada informar “adaptado de”</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7F32">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00522B54">
+        <w:t xml:space="preserve"> seguido da citação.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="2DD769CD" w14:textId="77777777" w:rsidR="000B45D1" w:rsidRDefault="000B45D1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...136 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...152 lines deleted...]
-    <w:p w14:paraId="1E2E809B" w14:textId="3F71669B" w:rsidR="00D40537" w:rsidRDefault="00D40537" w:rsidP="002B5BCC">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E2E809B" w14:textId="15A5B2BE" w:rsidR="00D40537" w:rsidRDefault="00D40537" w:rsidP="002B5BCC">
       <w:pPr>
         <w:pStyle w:val="SUBTITULO"/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:rPr>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A22F28">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>4 ALÍNEA</w:t>
       </w:r>
       <w:r w:rsidRPr="00C147E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E45B8A" w:rsidRPr="006B453A">
-[...16 lines deleted...]
-    <w:p w14:paraId="54EC983B" w14:textId="38E98EDD" w:rsidR="00D40537" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
+    </w:p>
+    <w:p w14:paraId="54EC983B" w14:textId="0B269EB4" w:rsidR="00D40537" w:rsidRDefault="004D27E4" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D40537">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t xml:space="preserve">alinhamento justificada; deslocamento 1cm; espaçamento antes 0 e depois 1 linha; espaçamento entre linhas simples; tamanho 12. </w:t>
+        <w:t>Utiliz</w:t>
+      </w:r>
+      <w:r w:rsidR="00121A39">
+        <w:t xml:space="preserve">e a </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Alínea para listar</w:t>
+      </w:r>
+      <w:r w:rsidR="00D40537" w:rsidRPr="00D40537">
+        <w:t xml:space="preserve"> itens</w:t>
+      </w:r>
+      <w:r w:rsidR="00121A39">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006A065A">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00D40537">
+        <w:t xml:space="preserve">linhamento justificada; deslocamento 1cm; espaçamento entre linhas </w:t>
+      </w:r>
+      <w:r>
+        <w:t>1,5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D40537">
+        <w:t xml:space="preserve">; tamanho 12. </w:t>
+      </w:r>
+      <w:r w:rsidR="006A065A">
+        <w:t xml:space="preserve">Sem </w:t>
+      </w:r>
+      <w:r w:rsidR="006A065A" w:rsidRPr="00D40537">
+        <w:t>sequência numérica,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F0893C4" w14:textId="731A8761" w:rsidR="00D40537" w:rsidRDefault="00D40537" w:rsidP="00BD67A2">
       <w:pPr>
         <w:pStyle w:val="TEXTO"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D05325">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Devem ser conforme as alíneas a seguir:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D40537">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73A0CCBB" w14:textId="1D23D1AA" w:rsidR="00D40537" w:rsidRPr="00A23953" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
+    <w:p w14:paraId="73A0CCBB" w14:textId="1D23D1AA" w:rsidR="00D40537" w:rsidRPr="00FC7F32" w:rsidRDefault="00D40537" w:rsidP="00FC7F32">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:before="240" w:after="240"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="7ADB1CF6" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00A23953" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
+        <w:ind w:left="709" w:hanging="425"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC7F32">
+        <w:t>os</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC7F32">
+        <w:t xml:space="preserve"> diversos assuntos que não possuam título próprio, dentro de uma mesma seção, devem ser subdivididos em alíneas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ADB1CF6" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00FC7F32" w:rsidRDefault="00D40537" w:rsidP="00FC7F32">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
-        <w:spacing w:before="240" w:after="240"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="42F31376" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00A23953" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC7F32">
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC7F32">
+        <w:t xml:space="preserve"> texto que antecede as alíneas termina em dois pontos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F31376" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00FC7F32" w:rsidRDefault="00D40537" w:rsidP="00FC7F32">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
-        <w:spacing w:before="240" w:after="240"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="023E66B8" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00A23953" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC7F32">
+        <w:t>as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC7F32">
+        <w:t xml:space="preserve"> alíneas devem ser indicadas alfabeticamente, em letra minúscula, seguida de parêntese. Utilizam-se letras dobradas, quando esgotadas as letras do alfabeto;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023E66B8" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00FC7F32" w:rsidRDefault="00D40537" w:rsidP="00FC7F32">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
-        <w:spacing w:before="240" w:after="240"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2EF753F2" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00A23953" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC7F32">
+        <w:t>as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC7F32">
+        <w:t xml:space="preserve"> letras indicativas das alíneas devem apresentar recuo em relação à margem esquerda;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF753F2" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00FC7F32" w:rsidRDefault="00D40537" w:rsidP="00FC7F32">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
-        <w:spacing w:before="240" w:after="240"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="615C401C" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00A23953" w:rsidRDefault="00D40537" w:rsidP="004C3BC1">
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC7F32">
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC7F32">
+        <w:t xml:space="preserve"> texto da alínea deve começar por letra minúscula e terminar em ponto-e-vírgula, exceto a última alínea que termina em ponto final;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="615C401C" w14:textId="77777777" w:rsidR="00D40537" w:rsidRPr="00FC7F32" w:rsidRDefault="00D40537" w:rsidP="00FC7F32">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
-        <w:spacing w:before="240" w:after="240"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2B1450CF" w14:textId="7554F635" w:rsidR="00D40537" w:rsidRPr="00B719C4" w:rsidRDefault="00D40537" w:rsidP="00B719C4">
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC7F32">
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC7F32">
+        <w:t xml:space="preserve"> texto da alínea deve terminar em dois pontos, se houver </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC7F32">
+        <w:t>subalínea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC7F32">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B1450CF" w14:textId="7554F635" w:rsidR="00D40537" w:rsidRPr="00FC7F32" w:rsidRDefault="00D40537" w:rsidP="00FC7F32">
       <w:pPr>
         <w:pStyle w:val="Alnea"/>
-        <w:spacing w:before="240" w:after="240"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="76CCEBED" w14:textId="7A11BBAD" w:rsidR="00D40537" w:rsidRPr="00C147E8" w:rsidRDefault="00D40537" w:rsidP="002B5BCC">
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC7F32">
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC7F32">
+        <w:t xml:space="preserve"> segunda e as seguintes linhas do texto da alínea começam sob a primeira letra do texto da própria alínea.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76CCEBED" w14:textId="6BF7A9AA" w:rsidR="00D40537" w:rsidRPr="00C147E8" w:rsidRDefault="00D40537" w:rsidP="002B5BCC">
       <w:pPr>
         <w:pStyle w:val="SUBTITULO"/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A22F28">
         <w:rPr>
           <w:rStyle w:val="Ttulo1Char"/>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:b/>
         </w:rPr>
-        <w:t>5 NOTAS DE RODAPÉ</w:t>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D27E4">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo1Char"/>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTAS </w:t>
+      </w:r>
+      <w:r w:rsidR="007D66E2">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo1Char"/>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D27E4">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo1Char"/>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>RODAPÉ</w:t>
+      </w:r>
+      <w:r w:rsidR="007D66E2">
+        <w:rPr>
+          <w:rStyle w:val="Ttulo1Char"/>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="_Hlk135075384"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="TEXTO"/>
+      <w:bookmarkStart w:id="16" w:name="_Hlk135075384"/>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w14:paraId="1191D6BB" w14:textId="1C209150" w:rsidR="00627F8B" w:rsidRDefault="00D40537" w:rsidP="004D27E4">
+      <w:pPr>
+        <w:pStyle w:val="TextoABNT"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF08C6">
-        <w:t>Utilizar as notas de rodapé</w:t>
+        <w:t>Utiliz</w:t>
+      </w:r>
+      <w:r w:rsidR="006A065A">
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF08C6">
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="007D66E2">
+        <w:t xml:space="preserve">penas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF08C6">
+        <w:t xml:space="preserve">notas </w:t>
+      </w:r>
+      <w:r w:rsidR="007D66E2">
+        <w:t>explicativas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF08C6">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="00FF08C6">
-        <w:t xml:space="preserve"> para abordar pontos que não devem ser incluídos no texto, como: comentários; esclarecimentos (notas explicativas) e traduções. Não devem ser usadas para indicar citação ou referência.  </w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> para abordar pontos que não devem ser incluídos no texto, como: comentários; esclarecimentos (notas explicativas) e traduções. Não devem ser u</w:t>
+      </w:r>
+      <w:r w:rsidR="006A065A">
+        <w:t>tilizadas</w:t>
+      </w:r>
       <w:r w:rsidRPr="00FF08C6">
-        <w:t>Sempre que for necessário utilizar notas de rodapé, a chamada às notas no texto é feita por números arábicos acima do texto (sobrescrito). A numeração deve ser única em todo o trabalho e em ordem crescente</w:t>
+        <w:t xml:space="preserve"> para indicar citação ou referência</w:t>
+      </w:r>
+      <w:r w:rsidR="007D66E2">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r w:rsidRPr="00FF08C6">
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="004D27E4">
+        <w:t>J</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, justificada à esquerda, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>ustificada</w:t>
+      </w:r>
+      <w:r w:rsidR="006A065A">
+        <w:t xml:space="preserve">, fonte </w:t>
+      </w:r>
       <w:r>
-        <w:t>segoe</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>segoe UI, tam</w:t>
+      </w:r>
+      <w:r w:rsidR="004D27E4">
+        <w:t>a</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> UI, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">nho 10, espaço simples. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C5FF9F" w14:textId="77777777" w:rsidR="00627F8B" w:rsidRDefault="00627F8B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>tamnho</w:t>
-[...108 lines deleted...]
-        <w:t>aplicação das normas.</w:t>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E51B2E" w14:textId="64324CAE" w:rsidR="00C147E8" w:rsidRPr="00C147E8" w:rsidRDefault="00C147E8" w:rsidP="002E3D74">
       <w:pPr>
         <w:pStyle w:val="TtuloPsTexto"/>
         <w:spacing w:beforeLines="0" w:before="480" w:afterLines="0" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00C147E8">
         <w:t xml:space="preserve">REFERÊNCIAS </w:t>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="_Hlk135075565"/>
+      <w:bookmarkStart w:id="17" w:name="_Hlk135075565"/>
       <w:r w:rsidR="00584191" w:rsidRPr="00584191">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(letra</w:t>
       </w:r>
       <w:r w:rsidR="009535A9">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00584191" w:rsidRPr="00584191">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> maiúscula</w:t>
       </w:r>
       <w:r w:rsidR="009535A9">
@@ -4997,146 +4685,196 @@
       </w:r>
       <w:r w:rsidR="002B5BCC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>depois 12</w:t>
       </w:r>
       <w:r w:rsidR="009535A9">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>, c</w:t>
       </w:r>
       <w:r w:rsidR="00584191" w:rsidRPr="00584191">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>entralizado)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
-[...3 lines deleted...]
-        <w:pStyle w:val="TEXTO"/>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="6D1E5563" w14:textId="09ACA16F" w:rsidR="00C147E8" w:rsidRDefault="00A963EE" w:rsidP="004D27E4">
+      <w:pPr>
+        <w:pStyle w:val="TextoABNT"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C147E8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="202122"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="006F47C4">
+        <w:t>Apresent</w:t>
+      </w:r>
+      <w:r w:rsidR="006A065A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="202122"/>
         </w:rPr>
-        <w:t>, em ordem alfabética</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009535A9">
+        <w:t>e uma</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="202122"/>
         </w:rPr>
-        <w:t>. A</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C147E8">
+        <w:t xml:space="preserve"> l</w:t>
+      </w:r>
+      <w:r w:rsidR="00C147E8" w:rsidRPr="00C147E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="202122"/>
         </w:rPr>
-        <w:t>presenta</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009535A9">
+        <w:t>ista única</w:t>
+      </w:r>
+      <w:r w:rsidR="006F47C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="202122"/>
         </w:rPr>
+        <w:t xml:space="preserve"> em ordem alfabética</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="202122"/>
+        </w:rPr>
+        <w:t>, com</w:t>
+      </w:r>
+      <w:r w:rsidR="006A065A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="202122"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> os</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="202122"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C0CC1">
+      <w:r w:rsidR="00C147E8" w:rsidRPr="005C0CC1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">os documentos citados </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C147E8">
+        <w:t xml:space="preserve">documentos citados </w:t>
+      </w:r>
+      <w:r w:rsidR="004D27E4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:color w:val="202122"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="006F47C4">
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>no texto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A963EE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:color w:val="202122"/>
-[...4 lines deleted...]
-        <w:t>conforme as normas da ABNT NBR 6023. Utilizar fonte Segoe UI</w:t>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A963EE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>co</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>nforme a norma</w:t>
+      </w:r>
+      <w:r w:rsidR="00C147E8" w:rsidRPr="00C147E8">
+        <w:t xml:space="preserve"> ABNT NBR 6023. Utilizar fonte Segoe UI</w:t>
       </w:r>
       <w:r w:rsidR="005C0CC1">
         <w:t>, corpo 12</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C147E8">
+      <w:r w:rsidR="00C147E8" w:rsidRPr="00C147E8">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00CC356A">
         <w:t xml:space="preserve">alinhada à esquerda, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C147E8">
-        <w:t>espaço simples; alinhadas à esquerda; espaçamento antes 0, depois 1 linha.</w:t>
+      <w:r w:rsidR="00C147E8" w:rsidRPr="00C147E8">
+        <w:t xml:space="preserve">espaço simples; espaçamento antes </w:t>
+      </w:r>
+      <w:r w:rsidR="004D27E4">
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="00C147E8" w:rsidRPr="00C147E8">
+        <w:t xml:space="preserve">depois </w:t>
+      </w:r>
+      <w:r w:rsidR="004D27E4">
+        <w:t xml:space="preserve">de uma </w:t>
+      </w:r>
+      <w:r w:rsidR="00C147E8" w:rsidRPr="00C147E8">
+        <w:t>linha.</w:t>
       </w:r>
       <w:r w:rsidR="004E4DFB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A434859" w14:textId="77777777" w:rsidR="00C147E8" w:rsidRPr="00C147E8" w:rsidRDefault="00C147E8" w:rsidP="00C147E8">
       <w:pPr>
         <w:pStyle w:val="SUBTITULO"/>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00C147E8">
         <w:t>ATENÇÃO PARA AS INFORMAÇÕES OBRIGATÓRIAS:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="023B6D61" w14:textId="77777777" w:rsidR="00C147E8" w:rsidRPr="00276CC8" w:rsidRDefault="00C147E8" w:rsidP="00C147E8">
+    <w:p w14:paraId="023B6D61" w14:textId="77777777" w:rsidR="00C147E8" w:rsidRPr="00276CC8" w:rsidRDefault="00C147E8" w:rsidP="00D8358F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00276CC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- É obrigatório uso de ITÁLICO para as expressões estrangeiras, destacando: </w:t>
       </w:r>
       <w:r w:rsidRPr="00276CC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:i/>
@@ -5191,74 +4929,74 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.] (indica sem local de publicação); [</w:t>
       </w:r>
       <w:r w:rsidRPr="00276CC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s. n</w:t>
       </w:r>
       <w:r w:rsidRPr="00276CC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.] (quando a editora não puder ser identificada);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CDFDD35" w14:textId="77777777" w:rsidR="00C147E8" w:rsidRPr="00276CC8" w:rsidRDefault="00C147E8" w:rsidP="00C147E8">
+    <w:p w14:paraId="3CDFDD35" w14:textId="77777777" w:rsidR="00C147E8" w:rsidRPr="00276CC8" w:rsidRDefault="00C147E8" w:rsidP="00D8358F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00276CC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- Listar apenas autores citados no texto;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73361238" w14:textId="77777777" w:rsidR="00C147E8" w:rsidRPr="00276CC8" w:rsidRDefault="00C147E8" w:rsidP="00C147E8">
+    <w:p w14:paraId="19F4EC22" w14:textId="613A0B1D" w:rsidR="006A065A" w:rsidRDefault="00C147E8" w:rsidP="00D8358F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00276CC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="00276CC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -5273,2547 +5011,1801 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">endereço eletrônico de publicações online (periódicos; artigos de periódicos, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC7DB3">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e-books</w:t>
       </w:r>
       <w:r w:rsidRPr="00276CC8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, eventos...), com data de acesso, essa data não deve ultrapassar a data de submissão do artigo.</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-        <w:spacing w:before="240" w:after="240"/>
+      <w:r w:rsidR="00A06573">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC94E9A" w14:textId="77777777" w:rsidR="00D8358F" w:rsidRPr="00CB6577" w:rsidRDefault="00D8358F" w:rsidP="00D8358F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64B808B1" w14:textId="2957F322" w:rsidR="00615546" w:rsidRPr="00C147E8" w:rsidRDefault="00AF5AEF" w:rsidP="00615546">
+      <w:pPr>
+        <w:pStyle w:val="CONTRIBUIO"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Hlk135073560"/>
+      <w:r w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CONTRIBUIÇ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A963EE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ÕES </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>DOS(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>AS) AUTORES(AS)</w:t>
+      </w:r>
+      <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5BFA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specificar </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contribuição</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de cada autor)</w:t>
+      </w:r>
+      <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0332484B" w14:textId="75D1E427" w:rsidR="00615546" w:rsidRPr="00C147E8" w:rsidRDefault="00615546" w:rsidP="00C147E8">
+      <w:pPr>
+        <w:pStyle w:val="CONT-AUTOR"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Autor(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) 1 – </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B0C1E7E" w14:textId="24352C49" w:rsidR="00615546" w:rsidRDefault="00615546" w:rsidP="00C147E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Autor(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C147E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) 2 – </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="26F0AD8F" w14:textId="77777777" w:rsidR="00CB6577" w:rsidRPr="00CB6577" w:rsidRDefault="00CB6577" w:rsidP="00C147E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C693998" w14:textId="7C2369FA" w:rsidR="00AF5AEF" w:rsidRPr="00AF5AEF" w:rsidRDefault="00AF5AEF" w:rsidP="00C147E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:szCs w:val="22"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00522B54">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5AEF">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:szCs w:val="22"/>
-[...83 lines deleted...]
-        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DECLARAÇÃO DE CONFLITO DE INTERESSE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A150CDB" w14:textId="6BDA8191" w:rsidR="00AF5AEF" w:rsidRDefault="00AF5AEF" w:rsidP="00C147E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00522B54">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">BROWN, S. </w:t>
-[...5 lines deleted...]
-          <w:iCs/>
+        <w:t xml:space="preserve">Os autores declaram que não há conflito de interesse com o artigo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5AEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[inserir título do artigo]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>et al</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00522B54">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A97D6E" w14:textId="77777777" w:rsidR="00CB6577" w:rsidRPr="00CB6577" w:rsidRDefault="00CB6577" w:rsidP="00C147E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="24"/>
-[...44 lines deleted...]
-      <w:r w:rsidRPr="00522B54">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04877246" w14:textId="2B43DE8B" w:rsidR="00A53DAE" w:rsidRPr="00A53DAE" w:rsidRDefault="00D8358F" w:rsidP="00A53DAE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A53DAE">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...798 lines deleted...]
-        <w:t>AGRADECIMENTOS</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DISPONIBILIDADE DE DADOS</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...128 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00AF5AEF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53DAE" w:rsidRPr="00A53DAE">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="5AFA98EC" w14:textId="3A86028C" w:rsidR="00615546" w:rsidRPr="00C147E8" w:rsidRDefault="005B2858" w:rsidP="00615546">
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Informe uma das opões</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53DAE" w:rsidRPr="00A53DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B37AC10" w14:textId="77777777" w:rsidR="00A53DAE" w:rsidRPr="00A53DAE" w:rsidRDefault="00A53DAE" w:rsidP="00A53DAE">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A53DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A53DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) Os conteúdos subjacentes ao texto da pesquisa estão disponíveis no artigo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D0CA57" w14:textId="77777777" w:rsidR="00A53DAE" w:rsidRPr="00A53DAE" w:rsidRDefault="00A53DAE" w:rsidP="00A53DAE">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A53DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A53DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) Os conjuntos de dados gerados e/ou analisados durante a pesquisa estão disponíveis em: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>inserir endereço URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EF2DFE" w14:textId="0C7C3B68" w:rsidR="00A53DAE" w:rsidRDefault="00A53DAE" w:rsidP="00A53DAE">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A53DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A53DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) Os dados que embasam este estudo podem ser solicitados ao(à) autor(a), mediante justificativa, em razão de restrições de caráter ético, de segurança e/ou financeiras.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E894472" w14:textId="5CA6D534" w:rsidR="0061427E" w:rsidRPr="00A53DAE" w:rsidRDefault="0061427E" w:rsidP="00A06573">
+      <w:pPr>
+        <w:pStyle w:val="REVISO-AUTOR"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A065A">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Após aprovação do artigo elaborar revisão textual.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06573">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AC97BB6" w14:textId="349CA55E" w:rsidR="00615546" w:rsidRPr="006A065A" w:rsidRDefault="005B2858" w:rsidP="006A065A">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A065A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Revisado por:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A065A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00615546" w:rsidRPr="006A065A">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00615546" w:rsidRPr="00C147E8">
-[...9 lines deleted...]
-    <w:p w14:paraId="04A062CD" w14:textId="77777777" w:rsidR="009E771D" w:rsidRDefault="009E771D" w:rsidP="00C147E8">
+      <w:r w:rsidR="006A065A" w:rsidRPr="006A065A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="009E771D" w:rsidRPr="006A065A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nserir nome completo </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009E771D" w:rsidRPr="006A065A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>do</w:t>
+      </w:r>
+      <w:r w:rsidR="006A065A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006A065A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a)</w:t>
+      </w:r>
+      <w:r w:rsidR="009E771D" w:rsidRPr="006A065A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> revisor</w:t>
+      </w:r>
+      <w:r w:rsidR="0061427E" w:rsidRPr="006A065A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(a)</w:t>
+      </w:r>
+      <w:r w:rsidR="006A065A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, pode ser p</w:t>
+      </w:r>
+      <w:r w:rsidR="00615546" w:rsidRPr="006A065A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">essoa </w:t>
+      </w:r>
+      <w:r w:rsidR="006A065A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00615546" w:rsidRPr="006A065A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ísica ou Jurídica</w:t>
+      </w:r>
+      <w:r w:rsidR="006A065A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09665C2D" w14:textId="42DDF681" w:rsidR="00207848" w:rsidRPr="00A963EE" w:rsidRDefault="00615546" w:rsidP="00A963EE">
       <w:pPr>
         <w:pStyle w:val="REVISO-AUTOR"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...43 lines deleted...]
-      </w:pPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A065A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>E-mail</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: contato@</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dorevisor(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C147E8">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>(a)</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a)</w:t>
       </w:r>
       <w:r w:rsidR="005B2858">
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E9BD71F" w14:textId="209C4A2E" w:rsidR="00615546" w:rsidRPr="00C147E8" w:rsidRDefault="001958C9" w:rsidP="00C147E8">
-[...57 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId31"/>
+    <w:sectPr w:rsidR="00207848" w:rsidRPr="00A963EE" w:rsidSect="00722B7C">
+      <w:headerReference w:type="even" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="even" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="first" r:id="rId19"/>
+      <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="652" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="742CAB75" w14:textId="77777777" w:rsidR="00FC7AE6" w:rsidRDefault="00FC7AE6" w:rsidP="00615546">
+    <w:p w14:paraId="16C0735E" w14:textId="77777777" w:rsidR="00BF7640" w:rsidRDefault="00BF7640" w:rsidP="00615546">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40BE3F29" w14:textId="77777777" w:rsidR="00FC7AE6" w:rsidRDefault="00FC7AE6" w:rsidP="00615546">
+    <w:p w14:paraId="30F2CB0B" w14:textId="77777777" w:rsidR="00BF7640" w:rsidRDefault="00BF7640" w:rsidP="00615546">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bembo Book MT Std">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
+    <w:altName w:val="Yu Gothic UI"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-  </w:font>
-[...22 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Quattrocento Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000BF" w:usb1="4000005B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2C6A9EFE" w14:textId="77777777" w:rsidR="00E25BFB" w:rsidRDefault="00E25BFB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="746AC22D" w14:textId="77777777" w:rsidR="00722B7C" w:rsidRDefault="00722B7C">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="638EF48B" w14:textId="338C8233" w:rsidR="00956262" w:rsidRPr="001D6FBD" w:rsidRDefault="00567528" w:rsidP="003E2EC5">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="638EF48B" w14:textId="55B752F8" w:rsidR="00BF7640" w:rsidRPr="0047402C" w:rsidRDefault="00BF7640" w:rsidP="00BC098A">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8504"/>
       </w:tabs>
-      <w:spacing w:before="120"/>
-      <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-        <w:color w:val="FF0000"/>
+        <w:color w:val="005DA2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00DC1B27">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
-        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:color w:val="005DA2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C499F0A" wp14:editId="1CD5B842">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C499F0A" wp14:editId="30E61B71">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
-            <wp:posOffset>-60960</wp:posOffset>
+            <wp:posOffset>27305</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-29845</wp:posOffset>
+            <wp:posOffset>-140970</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7772400" cy="47175"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="7543800" cy="75679"/>
+          <wp:effectExtent l="0" t="0" r="0" b="635"/>
           <wp:wrapNone/>
           <wp:docPr id="7" name="Imagem 7"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="7" name="rodapé tríade.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
-                  <a:xfrm>
+                  <a:xfrm flipV="1">
                     <a:off x="0" y="0"/>
-                    <a:ext cx="9420830" cy="57180"/>
+                    <a:ext cx="7543800" cy="75679"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00E25BFB">
+    <w:r w:rsidRPr="00DC1B27">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="005DA2"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0047402C">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">Tríade: comunicação, cultura e mídia, </w:t>
     </w:r>
-    <w:r w:rsidR="001D6FBD" w:rsidRPr="001D6FBD">
+    <w:r w:rsidR="006018A7" w:rsidRPr="0047402C">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t xml:space="preserve">v. </w:t>
+      <w:t xml:space="preserve">Sorocaba, </w:t>
     </w:r>
-    <w:r w:rsidR="00E25BFB">
+    <w:r w:rsidRPr="0047402C">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>v. 14, n. 27, e026</w:t>
     </w:r>
-    <w:r w:rsidR="001D6FBD" w:rsidRPr="001D6FBD">
+    <w:r w:rsidRPr="0047402C">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:highlight w:val="red"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t>000</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0047402C">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t xml:space="preserve">3, </w:t>
+      <w:t xml:space="preserve">, 2026  </w:t>
     </w:r>
-    <w:r w:rsidR="00E25BFB">
+    <w:r w:rsidR="006018A7" w:rsidRPr="0047402C">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t xml:space="preserve">n. 26, </w:t>
+      <w:t xml:space="preserve">    </w:t>
     </w:r>
-    <w:r w:rsidR="001D6FBD" w:rsidRPr="001D6FBD">
-[...19 lines deleted...]
-    <w:r w:rsidR="00516120">
+    <w:r w:rsidRPr="0047402C">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">  </w:t>
     </w:r>
-    <w:r w:rsidR="00224430">
+    <w:r w:rsidRPr="00DC1B27">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:color w:val="005DA2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:tab/>
+      <w:t xml:space="preserve">                 </w:t>
     </w:r>
-    <w:r w:rsidR="00B40C6E" w:rsidRPr="00224430">
+    <w:r w:rsidR="006018A7">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:color w:val="005DA2"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
-    <w:r w:rsidR="00516120" w:rsidRPr="00224430">
+    <w:r w:rsidRPr="00DC1B27">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:color w:val="005DA2"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="006018A7">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="005DA2"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">       </w:t>
+    </w:r>
+    <w:r w:rsidR="006018A7" w:rsidRPr="0047402C">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="005DA2"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="008E398A" w:rsidRPr="00224430">
-[...47 lines deleted...]
-    <w:r w:rsidR="00B40C6E" w:rsidRPr="00224430">
+    <w:r w:rsidRPr="0047402C">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:t>|</w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:id w:val="1142626903"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
-        <w:r w:rsidR="00224430">
+        <w:r w:rsidRPr="0047402C">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
+        <w:r w:rsidRPr="0047402C">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
+        <w:r w:rsidRPr="0047402C">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
+        <w:r w:rsidRPr="0047402C">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC2ED8">
+        <w:r w:rsidR="00722B7C">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:noProof/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>14</w:t>
+          <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00B40C6E" w:rsidRPr="001D6FBD">
+        <w:r w:rsidRPr="0047402C">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="439512D5" w14:textId="61B2FBDF" w:rsidR="007C58B8" w:rsidRDefault="008E1CD4" w:rsidP="00233363">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="439512D5" w14:textId="4A0DA0C5" w:rsidR="00BF7640" w:rsidRDefault="00BF7640" w:rsidP="00BC098A">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4986"/>
         <w:tab w:val="right" w:pos="9972"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A7590B3" wp14:editId="6D43D3B8">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F62AE3F" wp14:editId="193EF940">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>-1118235</wp:posOffset>
+          <wp:positionH relativeFrom="page">
+            <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>5080</wp:posOffset>
+            <wp:posOffset>-28575</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7680960" cy="46621"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="7543800" cy="75679"/>
+          <wp:effectExtent l="0" t="0" r="0" b="635"/>
           <wp:wrapNone/>
-          <wp:docPr id="481319452" name="Imagem 2"/>
+          <wp:docPr id="1" name="Imagem 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="481319452" name="Imagem 481319452"/>
+                  <pic:cNvPr id="7" name="rodapé tríade.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
-                  <a:xfrm>
+                  <a:xfrm flipV="1">
                     <a:off x="0" y="0"/>
-                    <a:ext cx="10541084" cy="63981"/>
+                    <a:ext cx="7543800" cy="75679"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="007C58B8" w:rsidRPr="00F046F4">
-      <w:t xml:space="preserve">Recebido em: | Aprovado em: | Revisado em: </w:t>
+    <w:r w:rsidRPr="00F046F4">
+      <w:t xml:space="preserve">Recebido em: </w:t>
     </w:r>
-    <w:r w:rsidR="007C58B8" w:rsidRPr="00F046F4">
-[...3 lines deleted...]
-      <w:t>(não preencher)</w:t>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00F046F4">
+      <w:t>| Aprovado</w:t>
     </w:r>
-    <w:r w:rsidR="00E36CEE" w:rsidRPr="00E36CEE">
-[...6 lines deleted...]
-      </w:rPr>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00F046F4">
+      <w:t xml:space="preserve"> em:</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F046F4">
+      <w:t>| Revisado em:</w:t>
+    </w:r>
+    <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7872C998" w14:textId="28921EE0" w:rsidR="00956262" w:rsidRPr="00CE5183" w:rsidRDefault="00CE5183" w:rsidP="009D5CB6">
+  <w:p w14:paraId="7872C998" w14:textId="380E3020" w:rsidR="00BF7640" w:rsidRPr="00CE5183" w:rsidRDefault="00BF7640" w:rsidP="009D5CB6">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4986"/>
         <w:tab w:val="right" w:pos="9972"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00090E7D">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Editor de </w:t>
+      <w:t>Editor</w:t>
     </w:r>
-    <w:r w:rsidR="00BD34B9" w:rsidRPr="00090E7D">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>S</w:t>
+      <w:t>a</w:t>
     </w:r>
     <w:r w:rsidRPr="00090E7D">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">eção: | </w:t>
+      <w:t xml:space="preserve"> de Seção:</w:t>
     </w:r>
-    <w:r w:rsidR="00BD34B9">
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00090E7D">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">| </w:t>
+    </w:r>
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Editora de </w:t>
     </w:r>
     <w:r w:rsidRPr="00090E7D">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Layout: </w:t>
+      <w:t>Layout:</w:t>
     </w:r>
-    <w:r w:rsidR="00BD34B9" w:rsidRPr="00BD34B9">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-        <w:color w:val="FF0000"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>(não preencher)</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="239A4C6C" w14:textId="77777777" w:rsidR="00FC7AE6" w:rsidRDefault="00FC7AE6" w:rsidP="00A70EED">
+    <w:p w14:paraId="2C6772A9" w14:textId="77777777" w:rsidR="00BF7640" w:rsidRDefault="00BF7640" w:rsidP="00A70EED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="545C30C8" w14:textId="77777777" w:rsidR="00FC7AE6" w:rsidRDefault="00FC7AE6" w:rsidP="00615546">
+    <w:p w14:paraId="6A8F26CA" w14:textId="77777777" w:rsidR="00BF7640" w:rsidRDefault="00BF7640" w:rsidP="00615546">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="550CFE55" w14:textId="13392D6D" w:rsidR="00623A02" w:rsidRPr="00B724FA" w:rsidRDefault="00623A02" w:rsidP="00B852BF">
+    <w:p w14:paraId="314517D2" w14:textId="4E8A1D5F" w:rsidR="00BF7640" w:rsidRDefault="00BF7640">
+      <w:pPr>
+        <w:pStyle w:val="Textodenotaderodap"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003848A9">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="003848A9">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85460">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quando for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003848A9">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Resenha, inserir a capa do livro</w:t>
+      </w:r>
+      <w:r w:rsidR="00E85460">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> logo após as informações de autoria. Não possui resumos</w:t>
+      </w:r>
+      <w:r w:rsidR="00011BE9">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>. P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003848A9">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alavras-chave, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85460">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">devem ser inseridas </w:t>
+      </w:r>
+      <w:r w:rsidR="00011BE9">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apenas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003848A9">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>no sistema.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="550CFE55" w14:textId="7621417F" w:rsidR="00BF7640" w:rsidRPr="00B724FA" w:rsidRDefault="00BF7640" w:rsidP="00B852BF">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B724FA">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B724FA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009A2556">
-[...32 lines deleted...]
-      <w:r w:rsidR="00B724FA" w:rsidRPr="00B724FA">
+      <w:r w:rsidRPr="00BC098A">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>Fonte Segoe U</w:t>
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Instituição. Cidade, Sigla do Estado, País.  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="72AADFA2" w14:textId="3574DBF1" w:rsidR="00AA4E9C" w:rsidRPr="00AA4E9C" w:rsidRDefault="00AA4E9C">
+    <w:p w14:paraId="0542A811" w14:textId="77777777" w:rsidR="00BF7640" w:rsidRPr="00B724FA" w:rsidRDefault="00BF7640" w:rsidP="003848A9">
+      <w:pPr>
+        <w:pStyle w:val="Textodenotaderodap"/>
+        <w:ind w:left="142" w:hanging="142"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B724FA">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00B724FA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC098A">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instituição. Cidade, Sigla do Estado, País.  </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="72AADFA2" w14:textId="3574DBF1" w:rsidR="00BF7640" w:rsidRPr="00AA4E9C" w:rsidRDefault="00BF7640">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA4E9C">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00AA4E9C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA4E9C">
         <w:rPr>
           <w:rFonts w:cs="Segoe UI"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Discurso proferido no auditório da ABNT, em 21 de março de 2019.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="4">
-[...4 lines deleted...]
-      <w:r>
+  <w:footnote w:id="5">
+    <w:p w14:paraId="5E8A046A" w14:textId="15F09980" w:rsidR="00BF7640" w:rsidRPr="007D66E2" w:rsidRDefault="00BF7640" w:rsidP="007D66E2">
+      <w:pPr>
+        <w:pStyle w:val="NotaRodapABNT"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D66E2">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007D66E2">
+        <w:t xml:space="preserve"> Comentários adicionais que não precisam fazer parte do corpo principal do texto, </w:t>
+      </w:r>
+      <w:r w:rsidR="007D66E2" w:rsidRPr="007D66E2">
+        <w:t xml:space="preserve">entre linhas simples </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D66E2">
+        <w:t xml:space="preserve">antes e depois de </w:t>
+      </w:r>
+      <w:r w:rsidR="007D66E2" w:rsidRPr="007D66E2">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D66E2">
+        <w:t>; e entrelinhas simples, fonte Segoe UI, corpo 10, justificada, alinhadas a partir da segunda linha da mesma nota, abaixo da primeira letra da primeira palavra.</w:t>
+      </w:r>
+      <w:r w:rsidR="007D66E2" w:rsidRPr="007D66E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="5">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00CB1F99">
+  <w:footnote w:id="6">
+    <w:p w14:paraId="28737B83" w14:textId="55041206" w:rsidR="007D66E2" w:rsidRPr="007D66E2" w:rsidRDefault="007D66E2" w:rsidP="007D66E2">
+      <w:pPr>
+        <w:pStyle w:val="NotaRodapABNT"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D66E2">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00CB1F99">
-[...68 lines deleted...]
-        <w:t>10, justificada, alinhadas a partir da segunda linha da mesma nota, abaixo da primeira letra da primeira palavra.</w:t>
+      <w:r w:rsidRPr="007D66E2">
+        <w:t xml:space="preserve"> As notas devem ser apenas explicativas, sem citações; as citações devem ser inseridas no corpo do texto. Citações em notas de rodapé só são admitidas quando a publicação adota o sistema de notas de referência.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4D54E7E2" w14:textId="77777777" w:rsidR="00E25BFB" w:rsidRDefault="00E25BFB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="4E01660A" w14:textId="77777777" w:rsidR="00722B7C" w:rsidRDefault="00722B7C">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6C7A8EF2" w14:textId="7F83A9BF" w:rsidR="00956262" w:rsidRPr="00982D5E" w:rsidRDefault="00FB2C44" w:rsidP="002A43F0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="6C7A8EF2" w14:textId="7F83A9BF" w:rsidR="00BF7640" w:rsidRPr="00982D5E" w:rsidRDefault="00BF7640" w:rsidP="002A43F0">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="4050"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7913F05B" wp14:editId="4326DCA5">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B3D0701" wp14:editId="1E172756">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>1784791</wp:posOffset>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>1586865</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-398779</wp:posOffset>
+            <wp:posOffset>-414020</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="3977199" cy="883920"/>
-          <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+          <wp:extent cx="4172296" cy="923925"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="6" name="Imagem 6"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="6" name="cabeçalho tríade.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="3982095" cy="885008"/>
+                    <a:ext cx="4271969" cy="945997"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00B40C6E" w:rsidRPr="00982D5E">
+    <w:r w:rsidRPr="00982D5E">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3CD56201" w14:textId="43B93D7A" w:rsidR="00956262" w:rsidRPr="00982D5E" w:rsidRDefault="0071529F" w:rsidP="00233363">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="3CD56201" w14:textId="4F748417" w:rsidR="00BF7640" w:rsidRPr="00982D5E" w:rsidRDefault="00BF7640" w:rsidP="00233363">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="2625"/>
         <w:tab w:val="left" w:pos="2655"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
+    <w:bookmarkStart w:id="19" w:name="_GoBack"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
+        <w:lang w:eastAsia="pt-BR"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34785B58" wp14:editId="67E01254">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4AF5EE64" wp14:editId="37B5ABEA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>1731645</wp:posOffset>
+            <wp:posOffset>1148715</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-398780</wp:posOffset>
+            <wp:posOffset>-414020</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="4028631" cy="895350"/>
+          <wp:extent cx="4839250" cy="952500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="19121079" name="Imagem 1"/>
+          <wp:docPr id="2" name="Imagem 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="19121079" name="Imagem 19121079"/>
+                  <pic:cNvPr id="2" name="Cabeçalho Tríade.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="4030918" cy="895858"/>
+                    <a:ext cx="4954921" cy="975267"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00B40C6E" w:rsidRPr="00982D5E">
+    <w:r w:rsidRPr="00982D5E">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00B40C6E" w:rsidRPr="00982D5E">
+    <w:r w:rsidRPr="00982D5E">
       <w:rPr>
         <w:sz w:val="12"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0000A991"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FD427768"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02867A68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="29AAB262"/>
     <w:lvl w:ilvl="0" w:tplc="CD501AAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Alnea"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -7856,51 +6848,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13C40AB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E1D4055A"/>
     <w:lvl w:ilvl="0" w:tplc="8D104456">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="735" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="002060"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1455" w:hanging="360"/>
       </w:pPr>
@@ -7947,51 +6939,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5055" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5775" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6495" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64E56A0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="174888F8"/>
     <w:lvl w:ilvl="0" w:tplc="04160017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8033,51 +7025,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76502BD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1EA4F70C"/>
     <w:lvl w:ilvl="0" w:tplc="91E2F2CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
@@ -8122,358 +7114,425 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1013804431">
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2090957391">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1440376163">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D27828"/>
+    <w:rsid w:val="00011BE9"/>
     <w:rsid w:val="00031334"/>
+    <w:rsid w:val="00044E86"/>
+    <w:rsid w:val="000B45D1"/>
     <w:rsid w:val="000D399A"/>
     <w:rsid w:val="000E082A"/>
     <w:rsid w:val="000E2267"/>
     <w:rsid w:val="000E5BFA"/>
+    <w:rsid w:val="00104D3C"/>
     <w:rsid w:val="00113A4B"/>
+    <w:rsid w:val="00121A39"/>
     <w:rsid w:val="00122F2F"/>
     <w:rsid w:val="001234AB"/>
     <w:rsid w:val="00194642"/>
     <w:rsid w:val="001958C9"/>
     <w:rsid w:val="00197923"/>
     <w:rsid w:val="001A5D60"/>
     <w:rsid w:val="001C435A"/>
     <w:rsid w:val="001D172E"/>
     <w:rsid w:val="001D6FBD"/>
+    <w:rsid w:val="001E4BC9"/>
     <w:rsid w:val="00207848"/>
     <w:rsid w:val="002116C0"/>
     <w:rsid w:val="00224430"/>
     <w:rsid w:val="00230503"/>
     <w:rsid w:val="00233363"/>
     <w:rsid w:val="00241064"/>
     <w:rsid w:val="00241C71"/>
     <w:rsid w:val="002452F8"/>
     <w:rsid w:val="0024662C"/>
     <w:rsid w:val="0027324C"/>
     <w:rsid w:val="002778E0"/>
     <w:rsid w:val="0028134C"/>
     <w:rsid w:val="002A1E63"/>
     <w:rsid w:val="002A43F0"/>
     <w:rsid w:val="002B5BCC"/>
     <w:rsid w:val="002C37EF"/>
     <w:rsid w:val="002D7AF7"/>
     <w:rsid w:val="002E3D74"/>
     <w:rsid w:val="00312FA9"/>
+    <w:rsid w:val="00322EA4"/>
     <w:rsid w:val="003312AD"/>
     <w:rsid w:val="0033711B"/>
     <w:rsid w:val="003654A0"/>
+    <w:rsid w:val="00367469"/>
     <w:rsid w:val="003843D0"/>
+    <w:rsid w:val="003848A9"/>
+    <w:rsid w:val="00386E43"/>
+    <w:rsid w:val="003A7428"/>
+    <w:rsid w:val="003B414C"/>
     <w:rsid w:val="003C03BB"/>
     <w:rsid w:val="003C1AD8"/>
     <w:rsid w:val="003E2EC5"/>
     <w:rsid w:val="003E4B84"/>
     <w:rsid w:val="00400DCB"/>
+    <w:rsid w:val="0040269D"/>
     <w:rsid w:val="00422D07"/>
     <w:rsid w:val="00431BA0"/>
     <w:rsid w:val="0043460F"/>
     <w:rsid w:val="00455733"/>
     <w:rsid w:val="00462005"/>
     <w:rsid w:val="0047232B"/>
     <w:rsid w:val="00472FA7"/>
+    <w:rsid w:val="0047402C"/>
     <w:rsid w:val="004773E2"/>
     <w:rsid w:val="00482960"/>
     <w:rsid w:val="004C3BC1"/>
     <w:rsid w:val="004D120E"/>
+    <w:rsid w:val="004D27E4"/>
     <w:rsid w:val="004D60D0"/>
     <w:rsid w:val="004D7D43"/>
     <w:rsid w:val="004E4DFB"/>
     <w:rsid w:val="004F33F0"/>
     <w:rsid w:val="00516120"/>
     <w:rsid w:val="00522B54"/>
     <w:rsid w:val="00527D86"/>
+    <w:rsid w:val="00533B53"/>
     <w:rsid w:val="00534398"/>
     <w:rsid w:val="00534D79"/>
-    <w:rsid w:val="00537FFC"/>
     <w:rsid w:val="00553ECE"/>
     <w:rsid w:val="005609DA"/>
     <w:rsid w:val="005623A2"/>
     <w:rsid w:val="00567528"/>
     <w:rsid w:val="00584191"/>
     <w:rsid w:val="0059741A"/>
     <w:rsid w:val="005A235A"/>
     <w:rsid w:val="005A46A9"/>
     <w:rsid w:val="005B2233"/>
     <w:rsid w:val="005B2858"/>
     <w:rsid w:val="005B46F8"/>
     <w:rsid w:val="005C0CC1"/>
+    <w:rsid w:val="005C4FA4"/>
     <w:rsid w:val="005C665D"/>
+    <w:rsid w:val="005D1E3D"/>
+    <w:rsid w:val="005F3625"/>
+    <w:rsid w:val="005F6557"/>
+    <w:rsid w:val="006018A7"/>
     <w:rsid w:val="00602F69"/>
+    <w:rsid w:val="0061427E"/>
     <w:rsid w:val="00615546"/>
     <w:rsid w:val="00623A02"/>
+    <w:rsid w:val="00627F8B"/>
     <w:rsid w:val="006469D3"/>
+    <w:rsid w:val="006702D2"/>
     <w:rsid w:val="00681B7F"/>
+    <w:rsid w:val="00695112"/>
+    <w:rsid w:val="006A065A"/>
     <w:rsid w:val="006A1C9E"/>
     <w:rsid w:val="006A7A8C"/>
     <w:rsid w:val="006B453A"/>
+    <w:rsid w:val="006D2B29"/>
     <w:rsid w:val="006E619C"/>
     <w:rsid w:val="006E6D0D"/>
     <w:rsid w:val="006F47C4"/>
     <w:rsid w:val="006F7786"/>
+    <w:rsid w:val="007063C5"/>
     <w:rsid w:val="00707994"/>
     <w:rsid w:val="00712C00"/>
-    <w:rsid w:val="0071529F"/>
+    <w:rsid w:val="00722B7C"/>
     <w:rsid w:val="007302D9"/>
+    <w:rsid w:val="007337D1"/>
     <w:rsid w:val="00763525"/>
     <w:rsid w:val="00763CF2"/>
     <w:rsid w:val="00764D9E"/>
+    <w:rsid w:val="0077308D"/>
     <w:rsid w:val="00773699"/>
     <w:rsid w:val="007936FA"/>
     <w:rsid w:val="007A1105"/>
     <w:rsid w:val="007C58B8"/>
     <w:rsid w:val="007C61E8"/>
     <w:rsid w:val="007D1390"/>
+    <w:rsid w:val="007D66E2"/>
+    <w:rsid w:val="007E0DA4"/>
     <w:rsid w:val="007E1BEC"/>
     <w:rsid w:val="008115DA"/>
+    <w:rsid w:val="00823B5F"/>
     <w:rsid w:val="00851572"/>
     <w:rsid w:val="008533CE"/>
     <w:rsid w:val="00864DAA"/>
     <w:rsid w:val="00882C96"/>
     <w:rsid w:val="0088396B"/>
     <w:rsid w:val="008A6348"/>
-    <w:rsid w:val="008C686F"/>
+    <w:rsid w:val="008C2848"/>
     <w:rsid w:val="008D1DA2"/>
     <w:rsid w:val="008E114B"/>
-    <w:rsid w:val="008E1CD4"/>
     <w:rsid w:val="008E398A"/>
+    <w:rsid w:val="008E4118"/>
     <w:rsid w:val="008E568A"/>
+    <w:rsid w:val="0090357A"/>
     <w:rsid w:val="00913BD9"/>
     <w:rsid w:val="00915949"/>
+    <w:rsid w:val="00934EAF"/>
+    <w:rsid w:val="00940CE0"/>
     <w:rsid w:val="009535A9"/>
     <w:rsid w:val="00956262"/>
     <w:rsid w:val="00970D65"/>
+    <w:rsid w:val="00976AC9"/>
     <w:rsid w:val="00993DB9"/>
     <w:rsid w:val="009A2556"/>
     <w:rsid w:val="009D5CB6"/>
+    <w:rsid w:val="009E005A"/>
+    <w:rsid w:val="009E1425"/>
     <w:rsid w:val="009E771D"/>
     <w:rsid w:val="009F0E4B"/>
     <w:rsid w:val="00A027E4"/>
+    <w:rsid w:val="00A06573"/>
     <w:rsid w:val="00A07D36"/>
     <w:rsid w:val="00A101F6"/>
     <w:rsid w:val="00A22F28"/>
-    <w:rsid w:val="00A32595"/>
+    <w:rsid w:val="00A53DAE"/>
     <w:rsid w:val="00A60068"/>
     <w:rsid w:val="00A70EED"/>
     <w:rsid w:val="00A71583"/>
     <w:rsid w:val="00A8473E"/>
+    <w:rsid w:val="00A963EE"/>
     <w:rsid w:val="00AA4151"/>
     <w:rsid w:val="00AA4E9C"/>
     <w:rsid w:val="00AA7AFC"/>
+    <w:rsid w:val="00AC1792"/>
     <w:rsid w:val="00AC71D4"/>
+    <w:rsid w:val="00AF1917"/>
     <w:rsid w:val="00AF5AEF"/>
     <w:rsid w:val="00B00ABC"/>
     <w:rsid w:val="00B00F7A"/>
     <w:rsid w:val="00B01B77"/>
     <w:rsid w:val="00B05067"/>
     <w:rsid w:val="00B37F4A"/>
     <w:rsid w:val="00B40C6E"/>
+    <w:rsid w:val="00B5499D"/>
+    <w:rsid w:val="00B56DAF"/>
+    <w:rsid w:val="00B66548"/>
     <w:rsid w:val="00B669FA"/>
     <w:rsid w:val="00B719C4"/>
     <w:rsid w:val="00B724FA"/>
+    <w:rsid w:val="00B80B0B"/>
     <w:rsid w:val="00B852BF"/>
+    <w:rsid w:val="00B93592"/>
+    <w:rsid w:val="00B96C36"/>
+    <w:rsid w:val="00BC098A"/>
+    <w:rsid w:val="00BC5C50"/>
     <w:rsid w:val="00BD34B9"/>
     <w:rsid w:val="00BD67A2"/>
     <w:rsid w:val="00BE1479"/>
     <w:rsid w:val="00BF32D1"/>
+    <w:rsid w:val="00BF7640"/>
     <w:rsid w:val="00C06393"/>
+    <w:rsid w:val="00C11B26"/>
     <w:rsid w:val="00C13768"/>
     <w:rsid w:val="00C147E8"/>
+    <w:rsid w:val="00C74FE9"/>
     <w:rsid w:val="00C76BC8"/>
     <w:rsid w:val="00C91C2D"/>
     <w:rsid w:val="00C93BB9"/>
+    <w:rsid w:val="00CB6577"/>
     <w:rsid w:val="00CC356A"/>
     <w:rsid w:val="00CD0C90"/>
     <w:rsid w:val="00CE38CA"/>
     <w:rsid w:val="00CE5183"/>
+    <w:rsid w:val="00CF22AE"/>
     <w:rsid w:val="00D00030"/>
+    <w:rsid w:val="00D15AA5"/>
     <w:rsid w:val="00D236EF"/>
     <w:rsid w:val="00D27828"/>
     <w:rsid w:val="00D35D57"/>
     <w:rsid w:val="00D36C3E"/>
     <w:rsid w:val="00D40537"/>
     <w:rsid w:val="00D40C10"/>
     <w:rsid w:val="00D54539"/>
     <w:rsid w:val="00D54ABA"/>
     <w:rsid w:val="00D75B58"/>
+    <w:rsid w:val="00D8358F"/>
     <w:rsid w:val="00D8417D"/>
     <w:rsid w:val="00D855DF"/>
+    <w:rsid w:val="00D92887"/>
     <w:rsid w:val="00DA38C2"/>
+    <w:rsid w:val="00DA7581"/>
     <w:rsid w:val="00DB2E77"/>
+    <w:rsid w:val="00DC1B27"/>
     <w:rsid w:val="00DC3DEB"/>
     <w:rsid w:val="00DE35C9"/>
     <w:rsid w:val="00DF3A4F"/>
     <w:rsid w:val="00E027A4"/>
-    <w:rsid w:val="00E25BFB"/>
+    <w:rsid w:val="00E34867"/>
     <w:rsid w:val="00E36CEE"/>
     <w:rsid w:val="00E45B8A"/>
     <w:rsid w:val="00E62FE9"/>
     <w:rsid w:val="00E7583E"/>
+    <w:rsid w:val="00E85460"/>
     <w:rsid w:val="00E87A3E"/>
     <w:rsid w:val="00E90E2B"/>
+    <w:rsid w:val="00E97DBD"/>
     <w:rsid w:val="00EC2ED8"/>
+    <w:rsid w:val="00EC77D8"/>
     <w:rsid w:val="00ED779F"/>
     <w:rsid w:val="00EF2CE0"/>
     <w:rsid w:val="00F046F4"/>
     <w:rsid w:val="00F20D45"/>
     <w:rsid w:val="00F2716F"/>
     <w:rsid w:val="00F351CC"/>
     <w:rsid w:val="00F41D39"/>
     <w:rsid w:val="00F62B8F"/>
     <w:rsid w:val="00F75722"/>
     <w:rsid w:val="00F7750C"/>
     <w:rsid w:val="00F8122C"/>
     <w:rsid w:val="00F86512"/>
     <w:rsid w:val="00FA2208"/>
+    <w:rsid w:val="00FB2953"/>
     <w:rsid w:val="00FB2C44"/>
-    <w:rsid w:val="00FC7AE6"/>
+    <w:rsid w:val="00FC7F32"/>
     <w:rsid w:val="00FD0794"/>
     <w:rsid w:val="00FD2516"/>
     <w:rsid w:val="00FD3ECF"/>
     <w:rsid w:val="00FD538D"/>
+    <w:rsid w:val="00FD5F7A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6D2CC3B9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C6A972AB-50C2-4CC6-ABEF-E8C835C78DBA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8801,94 +7860,90 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="00615546"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="NormalWebChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00615546"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="SemEspaamento">
     <w:name w:val="No Spacing"/>
     <w:link w:val="SemEspaamentoChar"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00615546"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
@@ -9015,74 +8070,74 @@
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="markedcontent">
     <w:name w:val="markedcontent"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:rsid w:val="00615546"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="PargrafodaLista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PargrafodaListaChar"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00615546"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TITULO">
     <w:name w:val="TITULO"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TITULOChar"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="00D36C3E"/>
+    <w:rsid w:val="006D2B29"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:spacing w:val="-3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TITULOChar">
     <w:name w:val="TITULO Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="TITULO"/>
-    <w:rsid w:val="00D36C3E"/>
+    <w:rsid w:val="006D2B29"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:spacing w:val="-3"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pt-BR"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TITULOingls">
     <w:name w:val="TITULO inglês"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TITULOinglsChar"/>
     <w:qFormat/>
     <w:rsid w:val="00A70EED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:afterLines="150" w:after="150" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
@@ -9277,51 +8332,50 @@
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="INTRODUOChar">
     <w:name w:val="INTRODUÇÃO Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="INTRODUO"/>
     <w:rsid w:val="00615546"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TEXTO">
     <w:name w:val="TEXTO"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TEXTOChar"/>
-    <w:qFormat/>
     <w:rsid w:val="007A1105"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="709"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TEXTOChar">
     <w:name w:val="TEXTO Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="TEXTO"/>
     <w:rsid w:val="007A1105"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SUBTITULO">
     <w:name w:val="SUBTITULO"/>
@@ -9575,121 +8629,122 @@
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CONT-AUTORChar">
     <w:name w:val="CONT. - AUTOR Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="CONT-AUTOR"/>
     <w:rsid w:val="00B00F7A"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="REVISO-AUTOR">
     <w:name w:val="REVISÃO - AUTOR"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="REVISO-AUTORChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00615546"/>
+    <w:rsid w:val="00EC77D8"/>
     <w:pPr>
-      <w:spacing w:before="120" w:after="240" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="20"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="REVISO-AUTORChar">
     <w:name w:val="REVISÃO - AUTOR Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="REVISO-AUTOR"/>
-    <w:rsid w:val="00615546"/>
+    <w:rsid w:val="00EC77D8"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
-      <w:sz w:val="20"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HiperlinkVisitado">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00615546"/>
     <w:rPr>
       <w:color w:val="7F723D" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="MenoPendente1">
     <w:name w:val="Menção Pendente1"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006469D3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttulo2">
     <w:name w:val="Título2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Ttulo2Char"/>
+    <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="006A7A8C"/>
+    <w:rsid w:val="007D66E2"/>
     <w:pPr>
-      <w:spacing w:beforeLines="100" w:before="100" w:afterLines="100" w:after="100" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Char">
     <w:name w:val="Título2 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo2"/>
-    <w:rsid w:val="006A7A8C"/>
+    <w:rsid w:val="007D66E2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:b/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:rsid w:val="002A43F0"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="texto0">
     <w:name w:val="texto"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="textoChar0"/>
     <w:rsid w:val="002A43F0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="709"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9812,179 +8867,296 @@
     <w:rPr>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TTULOeChar">
     <w:name w:val="TÍTULO e Char"/>
     <w:basedOn w:val="TITULOinglsChar"/>
     <w:link w:val="TTULOe"/>
     <w:rsid w:val="00F046F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:spacing w:val="-4"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="pt-BR"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Alnea">
     <w:name w:val="Alínea"/>
     <w:basedOn w:val="PargrafodaLista"/>
     <w:link w:val="AlneaChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00122F2F"/>
+    <w:rsid w:val="00FC7F32"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
-      <w:spacing w:beforeLines="100" w:before="100" w:afterLines="100" w:after="100" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="357" w:hanging="357"/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="709" w:hanging="425"/>
       <w:contextualSpacing w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttulo1">
     <w:name w:val="Título1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Ttulo1Char"/>
+    <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="006A7A8C"/>
+    <w:rsid w:val="00B66548"/>
     <w:pPr>
-      <w:spacing w:beforeLines="100" w:before="100" w:afterLines="100" w:after="100" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PargrafodaListaChar">
     <w:name w:val="Parágrafo da Lista Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="PargrafodaLista"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00122F2F"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AlneaChar">
     <w:name w:val="Alínea Char"/>
     <w:basedOn w:val="PargrafodaListaChar"/>
     <w:link w:val="Alnea"/>
-    <w:rsid w:val="00122F2F"/>
+    <w:rsid w:val="00FC7F32"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TtuloPsTexto">
     <w:name w:val="Título Pós Texto"/>
     <w:basedOn w:val="SUBTITULO"/>
     <w:link w:val="TtuloPsTextoChar"/>
     <w:qFormat/>
     <w:rsid w:val="00B01B77"/>
     <w:pPr>
       <w:spacing w:beforeLines="200" w:before="200"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Verdana"/>
       <w:caps/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Char">
     <w:name w:val="Título1 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo1"/>
-    <w:rsid w:val="006A7A8C"/>
+    <w:rsid w:val="00B66548"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
       <w:b/>
       <w:caps/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TtuloPsTextoChar">
     <w:name w:val="Título Pós Texto Char"/>
     <w:basedOn w:val="SUBTITULOChar"/>
     <w:link w:val="TtuloPsTexto"/>
     <w:rsid w:val="00B01B77"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Verdana" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TextoABNT">
+    <w:name w:val="TextoABNT"/>
+    <w:basedOn w:val="TEXTO"/>
+    <w:link w:val="TextoABNTChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D92887"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttulo3">
+    <w:name w:val="Título3"/>
+    <w:basedOn w:val="Ttulo2"/>
+    <w:link w:val="Ttulo3Char"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00044E86"/>
+    <w:pPr>
+      <w:spacing w:before="240"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextoABNTChar">
+    <w:name w:val="TextoABNT Char"/>
+    <w:basedOn w:val="TEXTOChar"/>
+    <w:link w:val="TextoABNT"/>
+    <w:rsid w:val="00D92887"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EntrevistaFalaABNT">
+    <w:name w:val="Entrevista Fala ABNT"/>
+    <w:basedOn w:val="TextoABNT"/>
+    <w:link w:val="EntrevistaFalaABNTChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BF7640"/>
+    <w:pPr>
+      <w:spacing w:before="80" w:after="80"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Char">
+    <w:name w:val="Título3 Char"/>
+    <w:basedOn w:val="Ttulo2Char"/>
+    <w:link w:val="Ttulo3"/>
+    <w:rsid w:val="00044E86"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:b w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EntrevistaFalaABNTChar">
+    <w:name w:val="Entrevista Fala ABNT Char"/>
+    <w:basedOn w:val="TextoABNTChar"/>
+    <w:link w:val="EntrevistaFalaABNT"/>
+    <w:rsid w:val="00BF7640"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NotaRodapABNT">
+    <w:name w:val="NotaRodapé ABNT"/>
+    <w:basedOn w:val="NormalWeb"/>
+    <w:link w:val="NotaRodapABNTChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D66E2"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      <w:ind w:left="142" w:hanging="142"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NormalWebChar">
+    <w:name w:val="Normal (Web) Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="NormalWeb"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007D66E2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pt-BR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotaRodapABNTChar">
+    <w:name w:val="NotaRodapé ABNT Char"/>
+    <w:basedOn w:val="NormalWebChar"/>
+    <w:link w:val="NotaRodapABNT"/>
+    <w:rsid w:val="007D66E2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:lang w:eastAsia="pt-BR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normasabnt.org/tabela-nas-normas-abnt-como-inserir-tabelas/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/mestrado-doutorado/educacao/teses/2022/cristiane-correa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://biblioteca.ibge.gov.br/visualizacao/livros/liv23907.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.folha.uol.com.br/cotidiano/2019/09/pelos-lados-e-para-o-alto-sp-cresce-60-em-area-construida-em-25-anos.shtml" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://periodicos.uniso.br/reu/libraryFiles/downloadPublic/38" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbenbio.org.br/wp-content/uploads/anais/anais_%20vii_enebio_norte_completo_2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pla.emnuvens.com.br/editora/catalog/view/54/38/148" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uniso.br/assets/docs/publicacoes/publicacoes-eventos/anais-da-maac/edicoes/anais-maac-II.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22484/2318-5694.2025v13id0000" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email@email.com.br" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.br/j/aval/a/rxNDLXGXR8H53YDzgrwZvGk/?format=pdf&amp;lang=pt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emaildoautor@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22484/2318-5694.2026v14id0000" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emaildoautor@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Amarelo">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="39302A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E5DEDB"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="FFCA08"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="F8931D"/>
       </a:accent2>
       <a:accent3>
@@ -10247,81 +9419,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4EEE47-FBCA-49C9-9964-AC37C645D12F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90776494-73E7-4D76-BE5C-F84190C6CC6B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>17259</Characters>
+  <Pages>7</Pages>
+  <Words>1502</Words>
+  <Characters>8115</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>143</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>67</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20415</CharactersWithSpaces>
+  <CharactersWithSpaces>9598</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sandra Ferreira Sarubo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>